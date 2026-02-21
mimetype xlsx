--- v0 (2025-10-11)
+++ v1 (2026-02-21)
@@ -1757,51 +1757,51 @@
   <si>
     <t>0:28:54</t>
   </si>
   <si>
     <t>Einārs</t>
   </si>
   <si>
     <t>Kozačkovs</t>
   </si>
   <si>
     <t>Ruslans</t>
   </si>
   <si>
     <t>Kļaviņš</t>
   </si>
   <si>
     <t>Andrecs</t>
   </si>
   <si>
     <t>0:28:55</t>
   </si>
   <si>
     <t>Megija</t>
   </si>
   <si>
-    <t>Kikuča</t>
+    <t>Freiberga</t>
   </si>
   <si>
     <t>Štefans</t>
   </si>
   <si>
     <t>Dace</t>
   </si>
   <si>
     <t>Kovaļevska</t>
   </si>
   <si>
     <t>SK Ozolnieki A</t>
   </si>
   <si>
     <t>Ozolnieki</t>
   </si>
   <si>
     <t>Metums</t>
   </si>
   <si>
     <t>0:28:57</t>
   </si>
   <si>
     <t>Sandis</t>
   </si>