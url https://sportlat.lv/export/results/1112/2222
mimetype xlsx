--- v0 (2025-10-09)
+++ v1 (2026-02-25)
@@ -938,51 +938,51 @@
   <si>
     <t>Dābols</t>
   </si>
   <si>
     <t>0:24:46</t>
   </si>
   <si>
     <t>Rozenbahs</t>
   </si>
   <si>
     <t>0:24:56</t>
   </si>
   <si>
     <t>Eduards</t>
   </si>
   <si>
     <t>Štefans</t>
   </si>
   <si>
     <t>0:25:21</t>
   </si>
   <si>
     <t>Megija</t>
   </si>
   <si>
-    <t>Kikuča</t>
+    <t>Freiberga</t>
   </si>
   <si>
     <t>Enriko</t>
   </si>
   <si>
     <t>Babko</t>
   </si>
   <si>
     <t>Priekules novads/Kalēti</t>
   </si>
   <si>
     <t>Priekules nov.</t>
   </si>
   <si>
     <t>0:25:23</t>
   </si>
   <si>
     <t>Bruno</t>
   </si>
   <si>
     <t>Vītoliņš</t>
   </si>
   <si>
     <t>AKVA VITAMĪNS</t>
   </si>