--- v0 (2025-10-18)
+++ v1 (2026-01-17)
@@ -17414,51 +17414,51 @@
       </c>
       <c r="I259" t="s">
         <v>1950</v>
       </c>
       <c r="J259" t="s">
         <v>1951</v>
       </c>
       <c r="K259" t="s">
         <v>1952</v>
       </c>
       <c r="L259" t="s">
         <v>1953</v>
       </c>
       <c r="M259" t="s">
         <v>1954</v>
       </c>
       <c r="N259" t="s">
         <v>1955</v>
       </c>
     </row>
     <row r="260" spans="1:14">
       <c r="A260" t="s">
         <v>1744</v>
       </c>
       <c r="B260" t="s">
-        <v>14</v>
+        <v>415</v>
       </c>
       <c r="C260" t="s">
         <v>1855</v>
       </c>
       <c r="D260" t="s">
         <v>1956</v>
       </c>
       <c r="E260"/>
       <c r="F260" t="s">
         <v>47</v>
       </c>
       <c r="G260" t="s">
         <v>140</v>
       </c>
       <c r="H260">
         <v>2</v>
       </c>
       <c r="I260" t="s">
         <v>1957</v>
       </c>
       <c r="J260" t="s">
         <v>1943</v>
       </c>
       <c r="K260" t="s">
         <v>189</v>