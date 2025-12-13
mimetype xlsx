--- v0 (2025-10-08)
+++ v1 (2025-12-13)
@@ -6188,51 +6188,53 @@
         <v>262</v>
       </c>
       <c r="K36" t="s">
         <v>330</v>
       </c>
       <c r="L36" t="s">
         <v>260</v>
       </c>
       <c r="M36" t="s">
         <v>364</v>
       </c>
       <c r="N36" t="s">
         <v>365</v>
       </c>
       <c r="O36" t="s">
         <v>366</v>
       </c>
       <c r="P36" t="s">
         <v>367</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37">
         <v>36</v>
       </c>
-      <c r="B37"/>
+      <c r="B37" t="s">
+        <v>16</v>
+      </c>
       <c r="C37" t="s">
         <v>368</v>
       </c>
       <c r="D37" t="s">
         <v>369</v>
       </c>
       <c r="E37"/>
       <c r="F37" t="s">
         <v>370</v>
       </c>
       <c r="G37" t="s">
         <v>21</v>
       </c>
       <c r="H37">
         <v>12</v>
       </c>
       <c r="I37" t="s">
         <v>371</v>
       </c>
       <c r="J37" t="s">
         <v>372</v>
       </c>
       <c r="K37" t="s">
         <v>373</v>
       </c>