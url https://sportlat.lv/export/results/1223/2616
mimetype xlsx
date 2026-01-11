--- v0 (2025-10-11)
+++ v1 (2026-01-11)
@@ -16717,51 +16717,51 @@
       <c r="E354"/>
       <c r="F354" t="s">
         <v>55</v>
       </c>
       <c r="G354" t="s">
         <v>24</v>
       </c>
       <c r="H354">
         <v>2</v>
       </c>
       <c r="I354" t="s">
         <v>1434</v>
       </c>
       <c r="J354" t="s">
         <v>1434</v>
       </c>
       <c r="K354" t="s">
         <v>1435</v>
       </c>
     </row>
     <row r="355" spans="1:11">
       <c r="A355">
         <v>354</v>
       </c>
       <c r="B355" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="C355" t="s">
         <v>1367</v>
       </c>
       <c r="D355" t="s">
         <v>1436</v>
       </c>
       <c r="E355"/>
       <c r="F355" t="s">
         <v>55</v>
       </c>
       <c r="G355" t="s">
         <v>122</v>
       </c>
       <c r="H355">
         <v>2</v>
       </c>
       <c r="I355" t="s">
         <v>1437</v>
       </c>
       <c r="J355" t="s">
         <v>1437</v>
       </c>
       <c r="K355" t="s">
         <v>1438</v>