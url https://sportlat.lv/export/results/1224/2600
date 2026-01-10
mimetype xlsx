--- v0 (2025-10-20)
+++ v1 (2026-01-10)
@@ -28412,51 +28412,51 @@
         <v>2698</v>
       </c>
       <c r="J407" t="s">
         <v>2719</v>
       </c>
       <c r="K407" t="s">
         <v>69</v>
       </c>
       <c r="L407" t="s">
         <v>2720</v>
       </c>
       <c r="M407" t="s">
         <v>2721</v>
       </c>
       <c r="N407"/>
       <c r="O407"/>
       <c r="P407" t="s">
         <v>2722</v>
       </c>
     </row>
     <row r="408" spans="1:16">
       <c r="A408" t="s">
         <v>798</v>
       </c>
       <c r="B408" t="s">
-        <v>16</v>
+        <v>776</v>
       </c>
       <c r="C408" t="s">
         <v>1700</v>
       </c>
       <c r="D408" t="s">
         <v>2723</v>
       </c>
       <c r="E408"/>
       <c r="F408" t="s">
         <v>32</v>
       </c>
       <c r="G408" t="s">
         <v>133</v>
       </c>
       <c r="H408">
         <v>4</v>
       </c>
       <c r="I408" t="s">
         <v>2698</v>
       </c>
       <c r="J408" t="s">
         <v>2724</v>
       </c>
       <c r="K408" t="s">
         <v>2725</v>