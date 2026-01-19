--- v0 (2025-10-15)
+++ v1 (2026-01-19)
@@ -15060,51 +15060,51 @@
       </c>
       <c r="G273" t="s">
         <v>281</v>
       </c>
       <c r="H273">
         <v>3</v>
       </c>
       <c r="I273" t="s">
         <v>1537</v>
       </c>
       <c r="J273" t="s">
         <v>1538</v>
       </c>
       <c r="K273" t="s">
         <v>1539</v>
       </c>
       <c r="L273" t="s">
         <v>1540</v>
       </c>
     </row>
     <row r="274" spans="1:12">
       <c r="A274">
         <v>273</v>
       </c>
       <c r="B274" t="s">
-        <v>12</v>
+        <v>30</v>
       </c>
       <c r="C274" t="s">
         <v>1124</v>
       </c>
       <c r="D274" t="s">
         <v>1541</v>
       </c>
       <c r="E274"/>
       <c r="F274" t="s">
         <v>61</v>
       </c>
       <c r="G274" t="s">
         <v>166</v>
       </c>
       <c r="H274">
         <v>3</v>
       </c>
       <c r="I274" t="s">
         <v>1542</v>
       </c>
       <c r="J274" t="s">
         <v>1543</v>
       </c>
       <c r="K274" t="s">
         <v>1544</v>