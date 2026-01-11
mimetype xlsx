--- v0 (2025-10-16)
+++ v1 (2026-01-11)
@@ -33765,51 +33765,51 @@
       <c r="F700" t="s">
         <v>220</v>
       </c>
       <c r="G700" t="s">
         <v>97</v>
       </c>
       <c r="H700">
         <v>3</v>
       </c>
       <c r="I700" t="s">
         <v>3005</v>
       </c>
       <c r="J700" t="s">
         <v>3006</v>
       </c>
       <c r="K700"/>
       <c r="L700" t="s">
         <v>3007</v>
       </c>
     </row>
     <row r="701" spans="1:12">
       <c r="A701">
         <v>700</v>
       </c>
       <c r="B701" t="s">
-        <v>12</v>
+        <v>2530</v>
       </c>
       <c r="C701" t="s">
         <v>1103</v>
       </c>
       <c r="D701" t="s">
         <v>3008</v>
       </c>
       <c r="E701" t="s">
         <v>1977</v>
       </c>
       <c r="F701" t="s">
         <v>53</v>
       </c>
       <c r="G701" t="s">
         <v>227</v>
       </c>
       <c r="H701">
         <v>3</v>
       </c>
       <c r="I701" t="s">
         <v>3009</v>
       </c>
       <c r="J701" t="s">
         <v>3010</v>
       </c>