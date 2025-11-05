--- v0 (2025-10-15)
+++ v1 (2025-11-05)
@@ -12062,51 +12062,53 @@
         <v>8</v>
       </c>
       <c r="I133" t="s">
         <v>936</v>
       </c>
       <c r="J133" t="s">
         <v>707</v>
       </c>
       <c r="K133" t="s">
         <v>673</v>
       </c>
       <c r="L133" t="s">
         <v>937</v>
       </c>
       <c r="M133" t="s">
         <v>938</v>
       </c>
       <c r="N133" t="s">
         <v>939</v>
       </c>
     </row>
     <row r="134" spans="1:14">
       <c r="A134">
         <v>133</v>
       </c>
-      <c r="B134"/>
+      <c r="B134" t="s">
+        <v>14</v>
+      </c>
       <c r="C134" t="s">
         <v>940</v>
       </c>
       <c r="D134" t="s">
         <v>941</v>
       </c>
       <c r="E134" t="s">
         <v>942</v>
       </c>
       <c r="F134" t="s">
         <v>271</v>
       </c>
       <c r="G134" t="s">
         <v>19</v>
       </c>
       <c r="H134">
         <v>8</v>
       </c>
       <c r="I134" t="s">
         <v>943</v>
       </c>
       <c r="J134" t="s">
         <v>682</v>
       </c>
       <c r="K134" t="s">