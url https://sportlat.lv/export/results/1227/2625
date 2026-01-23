--- v0 (2025-10-06)
+++ v1 (2026-01-23)
@@ -23005,51 +23005,51 @@
       <c r="G417" t="s">
         <v>510</v>
       </c>
       <c r="H417">
         <v>4</v>
       </c>
       <c r="I417" t="s">
         <v>2214</v>
       </c>
       <c r="J417" t="s">
         <v>2215</v>
       </c>
       <c r="K417" t="s">
         <v>2216</v>
       </c>
       <c r="L417"/>
       <c r="M417" t="s">
         <v>2217</v>
       </c>
     </row>
     <row r="418" spans="1:13">
       <c r="A418">
         <v>417</v>
       </c>
       <c r="B418" t="s">
-        <v>13</v>
+        <v>1964</v>
       </c>
       <c r="C418" t="s">
         <v>546</v>
       </c>
       <c r="D418" t="s">
         <v>2218</v>
       </c>
       <c r="E418" t="s">
         <v>1676</v>
       </c>
       <c r="F418" t="s">
         <v>17</v>
       </c>
       <c r="G418" t="s">
         <v>240</v>
       </c>
       <c r="H418">
         <v>4</v>
       </c>
       <c r="I418" t="s">
         <v>2219</v>
       </c>
       <c r="J418" t="s">
         <v>2208</v>
       </c>