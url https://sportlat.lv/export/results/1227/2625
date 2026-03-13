--- v1 (2026-01-23)
+++ v2 (2026-03-13)
@@ -18574,51 +18574,53 @@
       </c>
       <c r="G299" t="s">
         <v>18</v>
       </c>
       <c r="H299">
         <v>4</v>
       </c>
       <c r="I299" t="s">
         <v>1641</v>
       </c>
       <c r="J299" t="s">
         <v>1642</v>
       </c>
       <c r="K299" t="s">
         <v>1643</v>
       </c>
       <c r="L299"/>
       <c r="M299" t="s">
         <v>1644</v>
       </c>
     </row>
     <row r="300" spans="1:13">
       <c r="A300">
         <v>299</v>
       </c>
-      <c r="B300"/>
+      <c r="B300" t="s">
+        <v>408</v>
+      </c>
       <c r="C300" t="s">
         <v>1645</v>
       </c>
       <c r="D300" t="s">
         <v>1646</v>
       </c>
       <c r="E300" t="s">
         <v>1647</v>
       </c>
       <c r="F300" t="s">
         <v>1407</v>
       </c>
       <c r="G300" t="s">
         <v>170</v>
       </c>
       <c r="H300">
         <v>4</v>
       </c>
       <c r="I300" t="s">
         <v>1648</v>
       </c>
       <c r="J300" t="s">
         <v>1649</v>
       </c>
       <c r="K300" t="s">