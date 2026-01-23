--- v0 (2025-10-17)
+++ v1 (2026-01-23)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Export data" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2007">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2008">
   <si>
     <t>Vieta</t>
   </si>
   <si>
     <t>Valsts</t>
   </si>
   <si>
     <t>Vārds</t>
   </si>
   <si>
     <t>Uzvārds</t>
   </si>
   <si>
     <t>Komanda</t>
   </si>
   <si>
     <t>Pilsēta</t>
   </si>
   <si>
     <t>Grupa</t>
   </si>
   <si>
     <t>Apļi</t>
   </si>
   <si>
@@ -5430,50 +5430,53 @@
     <t>0:37:04</t>
   </si>
   <si>
     <t>00:35:44.45</t>
   </si>
   <si>
     <t>Lazdiņa-Gudeļonoka</t>
   </si>
   <si>
     <t>00:35:50.34</t>
   </si>
   <si>
     <t>Zāte</t>
   </si>
   <si>
     <t>0:37:09</t>
   </si>
   <si>
     <t>00:36:01.00</t>
   </si>
   <si>
     <t>Elste</t>
   </si>
   <si>
     <t>00:35:35.17</t>
+  </si>
+  <si>
+    <t>EST</t>
   </si>
   <si>
     <t>Rakšte</t>
   </si>
   <si>
     <t>0:37:19</t>
   </si>
   <si>
     <t>00:36:50.28</t>
   </si>
   <si>
     <t>Krīgere</t>
   </si>
   <si>
     <t>0:37:21</t>
   </si>
   <si>
     <t>00:36:43.87</t>
   </si>
   <si>
     <t>0:37:25</t>
   </si>
   <si>
     <t>00:36:13.25</t>
   </si>
@@ -22279,2179 +22282,2179 @@
       <c r="E472"/>
       <c r="F472" t="s">
         <v>122</v>
       </c>
       <c r="G472" t="s">
         <v>183</v>
       </c>
       <c r="H472">
         <v>1</v>
       </c>
       <c r="I472" t="s">
         <v>1802</v>
       </c>
       <c r="J472" t="s">
         <v>1802</v>
       </c>
       <c r="K472" t="s">
         <v>1805</v>
       </c>
     </row>
     <row r="473" spans="1:11">
       <c r="A473">
         <v>472</v>
       </c>
       <c r="B473" t="s">
-        <v>11</v>
+        <v>1806</v>
       </c>
       <c r="C473" t="s">
         <v>215</v>
       </c>
       <c r="D473" t="s">
-        <v>1806</v>
+        <v>1807</v>
       </c>
       <c r="E473" t="s">
         <v>987</v>
       </c>
       <c r="F473" t="s">
         <v>64</v>
       </c>
       <c r="G473" t="s">
         <v>183</v>
       </c>
       <c r="H473">
         <v>1</v>
       </c>
       <c r="I473" t="s">
-        <v>1807</v>
+        <v>1808</v>
       </c>
       <c r="J473" t="s">
-        <v>1807</v>
+        <v>1808</v>
       </c>
       <c r="K473" t="s">
-        <v>1808</v>
+        <v>1809</v>
       </c>
     </row>
     <row r="474" spans="1:11">
       <c r="A474">
         <v>473</v>
       </c>
       <c r="B474" t="s">
         <v>11</v>
       </c>
       <c r="C474" t="s">
         <v>617</v>
       </c>
       <c r="D474" t="s">
-        <v>1809</v>
+        <v>1810</v>
       </c>
       <c r="E474"/>
       <c r="F474" t="s">
         <v>212</v>
       </c>
       <c r="G474" t="s">
         <v>331</v>
       </c>
       <c r="H474">
         <v>1</v>
       </c>
       <c r="I474" t="s">
-        <v>1810</v>
+        <v>1811</v>
       </c>
       <c r="J474" t="s">
-        <v>1810</v>
+        <v>1811</v>
       </c>
       <c r="K474" t="s">
-        <v>1811</v>
+        <v>1812</v>
       </c>
     </row>
     <row r="475" spans="1:11">
       <c r="A475">
         <v>474</v>
       </c>
       <c r="B475" t="s">
         <v>11</v>
       </c>
       <c r="C475" t="s">
         <v>1765</v>
       </c>
       <c r="D475" t="s">
         <v>427</v>
       </c>
       <c r="E475" t="s">
         <v>428</v>
       </c>
       <c r="F475" t="s">
         <v>212</v>
       </c>
       <c r="G475" t="s">
         <v>106</v>
       </c>
       <c r="H475">
         <v>1</v>
       </c>
       <c r="I475" t="s">
-        <v>1812</v>
+        <v>1813</v>
       </c>
       <c r="J475" t="s">
-        <v>1812</v>
+        <v>1813</v>
       </c>
       <c r="K475" t="s">
-        <v>1813</v>
+        <v>1814</v>
       </c>
     </row>
     <row r="476" spans="1:11">
       <c r="A476">
         <v>475</v>
       </c>
       <c r="B476"/>
       <c r="C476" t="s">
         <v>1432</v>
       </c>
       <c r="D476" t="s">
-        <v>1814</v>
+        <v>1815</v>
       </c>
       <c r="E476" t="s">
-        <v>1815</v>
+        <v>1816</v>
       </c>
       <c r="F476" t="s">
         <v>64</v>
       </c>
       <c r="G476" t="s">
         <v>183</v>
       </c>
       <c r="H476">
         <v>1</v>
       </c>
       <c r="I476" t="s">
-        <v>1816</v>
+        <v>1817</v>
       </c>
       <c r="J476" t="s">
-        <v>1816</v>
+        <v>1817</v>
       </c>
       <c r="K476" t="s">
-        <v>1817</v>
+        <v>1818</v>
       </c>
     </row>
     <row r="477" spans="1:11">
       <c r="A477">
         <v>476</v>
       </c>
       <c r="B477" t="s">
         <v>11</v>
       </c>
       <c r="C477" t="s">
         <v>492</v>
       </c>
       <c r="D477" t="s">
-        <v>1818</v>
+        <v>1819</v>
       </c>
       <c r="E477"/>
       <c r="F477" t="s">
         <v>562</v>
       </c>
       <c r="G477" t="s">
         <v>183</v>
       </c>
       <c r="H477">
         <v>1</v>
       </c>
       <c r="I477" t="s">
-        <v>1819</v>
+        <v>1820</v>
       </c>
       <c r="J477" t="s">
-        <v>1819</v>
+        <v>1820</v>
       </c>
       <c r="K477" t="s">
-        <v>1820</v>
+        <v>1821</v>
       </c>
     </row>
     <row r="478" spans="1:11">
       <c r="A478">
         <v>477</v>
       </c>
       <c r="B478" t="s">
         <v>11</v>
       </c>
       <c r="C478" t="s">
         <v>315</v>
       </c>
       <c r="D478" t="s">
-        <v>1821</v>
+        <v>1822</v>
       </c>
       <c r="E478" t="s">
-        <v>1822</v>
+        <v>1823</v>
       </c>
       <c r="F478" t="s">
-        <v>1823</v>
+        <v>1824</v>
       </c>
       <c r="G478" t="s">
         <v>15</v>
       </c>
       <c r="H478">
         <v>1</v>
       </c>
       <c r="I478" t="s">
-        <v>1824</v>
+        <v>1825</v>
       </c>
       <c r="J478" t="s">
-        <v>1824</v>
+        <v>1825</v>
       </c>
       <c r="K478" t="s">
-        <v>1825</v>
+        <v>1826</v>
       </c>
     </row>
     <row r="479" spans="1:11">
       <c r="A479">
         <v>478</v>
       </c>
       <c r="B479"/>
       <c r="C479" t="s">
         <v>1606</v>
       </c>
       <c r="D479" t="s">
         <v>1373</v>
       </c>
       <c r="E479" t="s">
         <v>762</v>
       </c>
       <c r="F479" t="s">
         <v>212</v>
       </c>
       <c r="G479" t="s">
         <v>141</v>
       </c>
       <c r="H479">
         <v>1</v>
       </c>
       <c r="I479" t="s">
-        <v>1824</v>
+        <v>1825</v>
       </c>
       <c r="J479" t="s">
-        <v>1824</v>
+        <v>1825</v>
       </c>
       <c r="K479" t="s">
-        <v>1826</v>
+        <v>1827</v>
       </c>
     </row>
     <row r="480" spans="1:11">
       <c r="A480">
         <v>479</v>
       </c>
       <c r="B480" t="s">
         <v>11</v>
       </c>
       <c r="C480" t="s">
         <v>659</v>
       </c>
       <c r="D480" t="s">
-        <v>1827</v>
+        <v>1828</v>
       </c>
       <c r="E480" t="s">
         <v>75</v>
       </c>
       <c r="F480" t="s">
         <v>58</v>
       </c>
       <c r="G480" t="s">
         <v>183</v>
       </c>
       <c r="H480">
         <v>1</v>
       </c>
       <c r="I480" t="s">
-        <v>1828</v>
+        <v>1829</v>
       </c>
       <c r="J480" t="s">
-        <v>1828</v>
+        <v>1829</v>
       </c>
       <c r="K480" t="s">
-        <v>1829</v>
+        <v>1830</v>
       </c>
     </row>
     <row r="481" spans="1:11">
       <c r="A481">
         <v>480</v>
       </c>
       <c r="B481" t="s">
         <v>11</v>
       </c>
       <c r="C481" t="s">
         <v>1693</v>
       </c>
       <c r="D481" t="s">
-        <v>1830</v>
+        <v>1831</v>
       </c>
       <c r="E481" t="s">
         <v>75</v>
       </c>
       <c r="F481" t="s">
         <v>58</v>
       </c>
       <c r="G481" t="s">
         <v>106</v>
       </c>
       <c r="H481">
         <v>1</v>
       </c>
       <c r="I481" t="s">
-        <v>1828</v>
+        <v>1829</v>
       </c>
       <c r="J481" t="s">
-        <v>1828</v>
+        <v>1829</v>
       </c>
       <c r="K481" t="s">
-        <v>1831</v>
+        <v>1832</v>
       </c>
     </row>
     <row r="482" spans="1:11">
       <c r="A482">
         <v>481</v>
       </c>
       <c r="B482" t="s">
         <v>11</v>
       </c>
       <c r="C482" t="s">
         <v>939</v>
       </c>
       <c r="D482" t="s">
         <v>1617</v>
       </c>
       <c r="E482" t="s">
-        <v>1832</v>
+        <v>1833</v>
       </c>
       <c r="F482" t="s">
         <v>362</v>
       </c>
       <c r="G482" t="s">
         <v>183</v>
       </c>
       <c r="H482">
         <v>1</v>
       </c>
       <c r="I482" t="s">
-        <v>1833</v>
+        <v>1834</v>
       </c>
       <c r="J482" t="s">
-        <v>1833</v>
+        <v>1834</v>
       </c>
       <c r="K482" t="s">
-        <v>1834</v>
+        <v>1835</v>
       </c>
     </row>
     <row r="483" spans="1:11">
       <c r="A483">
         <v>482</v>
       </c>
       <c r="B483"/>
       <c r="C483" t="s">
         <v>1457</v>
       </c>
       <c r="D483" t="s">
-        <v>1835</v>
+        <v>1836</v>
       </c>
       <c r="E483" t="s">
-        <v>1836</v>
+        <v>1837</v>
       </c>
       <c r="F483" t="s">
         <v>600</v>
       </c>
       <c r="G483" t="s">
         <v>183</v>
       </c>
       <c r="H483">
         <v>1</v>
       </c>
       <c r="I483" t="s">
-        <v>1837</v>
+        <v>1838</v>
       </c>
       <c r="J483" t="s">
-        <v>1837</v>
+        <v>1838</v>
       </c>
       <c r="K483" t="s">
-        <v>1838</v>
+        <v>1839</v>
       </c>
     </row>
     <row r="484" spans="1:11">
       <c r="A484">
         <v>483</v>
       </c>
       <c r="B484"/>
       <c r="C484" t="s">
-        <v>1839</v>
+        <v>1840</v>
       </c>
       <c r="D484" t="s">
-        <v>1840</v>
+        <v>1841</v>
       </c>
       <c r="E484"/>
       <c r="F484" t="s">
-        <v>1841</v>
+        <v>1842</v>
       </c>
       <c r="G484" t="s">
         <v>183</v>
       </c>
       <c r="H484">
         <v>1</v>
       </c>
       <c r="I484" t="s">
-        <v>1842</v>
+        <v>1843</v>
       </c>
       <c r="J484" t="s">
-        <v>1842</v>
+        <v>1843</v>
       </c>
       <c r="K484" t="s">
-        <v>1843</v>
+        <v>1844</v>
       </c>
     </row>
     <row r="485" spans="1:11">
       <c r="A485">
         <v>484</v>
       </c>
       <c r="B485" t="s">
         <v>11</v>
       </c>
       <c r="C485" t="s">
         <v>1176</v>
       </c>
       <c r="D485" t="s">
-        <v>1844</v>
+        <v>1845</v>
       </c>
       <c r="E485" t="s">
         <v>941</v>
       </c>
       <c r="F485" t="s">
         <v>86</v>
       </c>
       <c r="G485" t="s">
         <v>183</v>
       </c>
       <c r="H485">
         <v>1</v>
       </c>
       <c r="I485" t="s">
-        <v>1845</v>
+        <v>1846</v>
       </c>
       <c r="J485" t="s">
-        <v>1845</v>
+        <v>1846</v>
       </c>
       <c r="K485" t="s">
-        <v>1846</v>
+        <v>1847</v>
       </c>
     </row>
     <row r="486" spans="1:11">
       <c r="A486">
         <v>485</v>
       </c>
       <c r="B486"/>
       <c r="C486" t="s">
-        <v>1847</v>
+        <v>1848</v>
       </c>
       <c r="D486" t="s">
-        <v>1848</v>
+        <v>1849</v>
       </c>
       <c r="E486" t="s">
         <v>75</v>
       </c>
       <c r="F486" t="s">
         <v>921</v>
       </c>
       <c r="G486" t="s">
         <v>183</v>
       </c>
       <c r="H486">
         <v>1</v>
       </c>
       <c r="I486" t="s">
-        <v>1849</v>
+        <v>1850</v>
       </c>
       <c r="J486" t="s">
-        <v>1849</v>
+        <v>1850</v>
       </c>
       <c r="K486" t="s">
-        <v>1850</v>
+        <v>1851</v>
       </c>
     </row>
     <row r="487" spans="1:11">
       <c r="A487">
         <v>486</v>
       </c>
       <c r="B487" t="s">
         <v>11</v>
       </c>
       <c r="C487" t="s">
         <v>1142</v>
       </c>
       <c r="D487" t="s">
         <v>635</v>
       </c>
       <c r="E487" t="s">
         <v>619</v>
       </c>
       <c r="F487" t="s">
         <v>643</v>
       </c>
       <c r="G487" t="s">
         <v>183</v>
       </c>
       <c r="H487">
         <v>1</v>
       </c>
       <c r="I487" t="s">
-        <v>1851</v>
+        <v>1852</v>
       </c>
       <c r="J487" t="s">
-        <v>1851</v>
+        <v>1852</v>
       </c>
       <c r="K487" t="s">
-        <v>1852</v>
+        <v>1853</v>
       </c>
     </row>
     <row r="488" spans="1:11">
       <c r="A488">
         <v>487</v>
       </c>
       <c r="B488" t="s">
         <v>11</v>
       </c>
       <c r="C488" t="s">
         <v>1222</v>
       </c>
       <c r="D488" t="s">
         <v>949</v>
       </c>
       <c r="E488" t="s">
         <v>950</v>
       </c>
       <c r="F488" t="s">
         <v>212</v>
       </c>
       <c r="G488" t="s">
         <v>15</v>
       </c>
       <c r="H488">
         <v>1</v>
       </c>
       <c r="I488" t="s">
-        <v>1853</v>
+        <v>1854</v>
       </c>
       <c r="J488" t="s">
-        <v>1853</v>
+        <v>1854</v>
       </c>
       <c r="K488" t="s">
-        <v>1854</v>
+        <v>1855</v>
       </c>
     </row>
     <row r="489" spans="1:11">
       <c r="A489">
         <v>488</v>
       </c>
       <c r="B489" t="s">
         <v>11</v>
       </c>
       <c r="C489" t="s">
-        <v>1855</v>
+        <v>1856</v>
       </c>
       <c r="D489" t="s">
-        <v>1856</v>
+        <v>1857</v>
       </c>
       <c r="E489" t="s">
         <v>950</v>
       </c>
       <c r="F489" t="s">
         <v>212</v>
       </c>
       <c r="G489" t="s">
         <v>141</v>
       </c>
       <c r="H489">
         <v>1</v>
       </c>
       <c r="I489" t="s">
-        <v>1857</v>
+        <v>1858</v>
       </c>
       <c r="J489" t="s">
-        <v>1857</v>
+        <v>1858</v>
       </c>
       <c r="K489" t="s">
-        <v>1858</v>
+        <v>1859</v>
       </c>
     </row>
     <row r="490" spans="1:11">
       <c r="A490">
         <v>489</v>
       </c>
       <c r="B490"/>
       <c r="C490" t="s">
         <v>1280</v>
       </c>
       <c r="D490" t="s">
-        <v>1859</v>
+        <v>1860</v>
       </c>
       <c r="E490" t="s">
         <v>796</v>
       </c>
       <c r="F490" t="s">
         <v>1627</v>
       </c>
       <c r="G490" t="s">
         <v>183</v>
       </c>
       <c r="H490">
         <v>1</v>
       </c>
       <c r="I490" t="s">
-        <v>1860</v>
+        <v>1861</v>
       </c>
       <c r="J490" t="s">
-        <v>1860</v>
+        <v>1861</v>
       </c>
       <c r="K490" t="s">
-        <v>1861</v>
+        <v>1862</v>
       </c>
     </row>
     <row r="491" spans="1:11">
       <c r="A491">
         <v>490</v>
       </c>
       <c r="B491" t="s">
         <v>11</v>
       </c>
       <c r="C491" t="s">
         <v>448</v>
       </c>
       <c r="D491" t="s">
-        <v>1862</v>
+        <v>1863</v>
       </c>
       <c r="E491"/>
       <c r="F491" t="s">
         <v>52</v>
       </c>
       <c r="G491" t="s">
         <v>183</v>
       </c>
       <c r="H491">
         <v>1</v>
       </c>
       <c r="I491" t="s">
-        <v>1863</v>
+        <v>1864</v>
       </c>
       <c r="J491" t="s">
-        <v>1863</v>
+        <v>1864</v>
       </c>
       <c r="K491" t="s">
-        <v>1864</v>
+        <v>1865</v>
       </c>
     </row>
     <row r="492" spans="1:11">
       <c r="A492">
         <v>491</v>
       </c>
       <c r="B492" t="s">
         <v>11</v>
       </c>
       <c r="C492" t="s">
         <v>1142</v>
       </c>
       <c r="D492" t="s">
-        <v>1865</v>
+        <v>1866</v>
       </c>
       <c r="E492"/>
       <c r="F492" t="s">
         <v>52</v>
       </c>
       <c r="G492" t="s">
         <v>183</v>
       </c>
       <c r="H492">
         <v>1</v>
       </c>
       <c r="I492" t="s">
-        <v>1863</v>
+        <v>1864</v>
       </c>
       <c r="J492" t="s">
-        <v>1863</v>
+        <v>1864</v>
       </c>
       <c r="K492" t="s">
-        <v>1866</v>
+        <v>1867</v>
       </c>
     </row>
     <row r="493" spans="1:11">
       <c r="A493">
         <v>492</v>
       </c>
       <c r="B493" t="s">
         <v>11</v>
       </c>
       <c r="C493" t="s">
         <v>999</v>
       </c>
       <c r="D493" t="s">
-        <v>1867</v>
+        <v>1868</v>
       </c>
       <c r="E493"/>
       <c r="F493" t="s">
         <v>1206</v>
       </c>
       <c r="G493" t="s">
         <v>183</v>
       </c>
       <c r="H493">
         <v>1</v>
       </c>
       <c r="I493" t="s">
-        <v>1868</v>
+        <v>1869</v>
       </c>
       <c r="J493" t="s">
-        <v>1868</v>
+        <v>1869</v>
       </c>
       <c r="K493" t="s">
-        <v>1869</v>
+        <v>1870</v>
       </c>
     </row>
     <row r="494" spans="1:11">
       <c r="A494">
         <v>493</v>
       </c>
       <c r="B494"/>
       <c r="C494" t="s">
         <v>30</v>
       </c>
       <c r="D494" t="s">
-        <v>1870</v>
+        <v>1871</v>
       </c>
       <c r="E494" t="s">
-        <v>1871</v>
+        <v>1872</v>
       </c>
       <c r="F494" t="s">
         <v>212</v>
       </c>
       <c r="G494" t="s">
         <v>15</v>
       </c>
       <c r="H494">
         <v>1</v>
       </c>
       <c r="I494" t="s">
-        <v>1872</v>
+        <v>1873</v>
       </c>
       <c r="J494" t="s">
-        <v>1872</v>
+        <v>1873</v>
       </c>
       <c r="K494" t="s">
-        <v>1873</v>
+        <v>1874</v>
       </c>
     </row>
     <row r="495" spans="1:11">
       <c r="A495">
         <v>494</v>
       </c>
       <c r="B495" t="s">
         <v>11</v>
       </c>
       <c r="C495" t="s">
-        <v>1874</v>
+        <v>1875</v>
       </c>
       <c r="D495" t="s">
-        <v>1875</v>
+        <v>1876</v>
       </c>
       <c r="E495"/>
       <c r="F495" t="s">
         <v>527</v>
       </c>
       <c r="G495" t="s">
         <v>183</v>
       </c>
       <c r="H495">
         <v>1</v>
       </c>
       <c r="I495" t="s">
-        <v>1876</v>
+        <v>1877</v>
       </c>
       <c r="J495" t="s">
-        <v>1876</v>
+        <v>1877</v>
       </c>
       <c r="K495" t="s">
-        <v>1877</v>
+        <v>1878</v>
       </c>
     </row>
     <row r="496" spans="1:11">
       <c r="A496">
         <v>495</v>
       </c>
       <c r="B496" t="s">
         <v>158</v>
       </c>
       <c r="C496" t="s">
-        <v>1878</v>
+        <v>1879</v>
       </c>
       <c r="D496" t="s">
-        <v>1879</v>
+        <v>1880</v>
       </c>
       <c r="E496"/>
       <c r="F496" t="s">
         <v>797</v>
       </c>
       <c r="G496" t="s">
         <v>183</v>
       </c>
       <c r="H496">
         <v>1</v>
       </c>
       <c r="I496" t="s">
-        <v>1876</v>
+        <v>1877</v>
       </c>
       <c r="J496" t="s">
-        <v>1876</v>
+        <v>1877</v>
       </c>
       <c r="K496" t="s">
-        <v>1880</v>
+        <v>1881</v>
       </c>
     </row>
     <row r="497" spans="1:11">
       <c r="A497">
         <v>496</v>
       </c>
       <c r="B497"/>
       <c r="C497" t="s">
         <v>837</v>
       </c>
       <c r="D497" t="s">
-        <v>1881</v>
+        <v>1882</v>
       </c>
       <c r="E497"/>
       <c r="F497" t="s">
         <v>1071</v>
       </c>
       <c r="G497" t="s">
         <v>183</v>
       </c>
       <c r="H497">
         <v>1</v>
       </c>
       <c r="I497" t="s">
-        <v>1882</v>
+        <v>1883</v>
       </c>
       <c r="J497" t="s">
-        <v>1882</v>
+        <v>1883</v>
       </c>
       <c r="K497" t="s">
-        <v>1883</v>
+        <v>1884</v>
       </c>
     </row>
     <row r="498" spans="1:11">
       <c r="A498">
         <v>497</v>
       </c>
       <c r="B498"/>
       <c r="C498" t="s">
-        <v>1884</v>
+        <v>1885</v>
       </c>
       <c r="D498" t="s">
-        <v>1885</v>
+        <v>1886</v>
       </c>
       <c r="E498"/>
       <c r="F498" t="s">
         <v>52</v>
       </c>
       <c r="G498" t="s">
         <v>183</v>
       </c>
       <c r="H498">
         <v>1</v>
       </c>
       <c r="I498" t="s">
-        <v>1886</v>
+        <v>1887</v>
       </c>
       <c r="J498" t="s">
-        <v>1886</v>
+        <v>1887</v>
       </c>
       <c r="K498" t="s">
-        <v>1887</v>
+        <v>1888</v>
       </c>
     </row>
     <row r="499" spans="1:11">
       <c r="A499">
         <v>498</v>
       </c>
       <c r="B499"/>
       <c r="C499" t="s">
         <v>1546</v>
       </c>
       <c r="D499" t="s">
-        <v>1888</v>
+        <v>1889</v>
       </c>
       <c r="E499" t="s">
-        <v>1889</v>
+        <v>1890</v>
       </c>
       <c r="F499" t="s">
         <v>562</v>
       </c>
       <c r="G499" t="s">
         <v>331</v>
       </c>
       <c r="H499">
         <v>1</v>
       </c>
       <c r="I499" t="s">
-        <v>1890</v>
+        <v>1891</v>
       </c>
       <c r="J499" t="s">
-        <v>1890</v>
+        <v>1891</v>
       </c>
       <c r="K499" t="s">
-        <v>1891</v>
+        <v>1892</v>
       </c>
     </row>
     <row r="500" spans="1:11">
       <c r="A500">
         <v>499</v>
       </c>
       <c r="B500"/>
       <c r="C500" t="s">
         <v>1332</v>
       </c>
       <c r="D500" t="s">
-        <v>1892</v>
+        <v>1893</v>
       </c>
       <c r="E500"/>
       <c r="F500" t="s">
         <v>168</v>
       </c>
       <c r="G500" t="s">
         <v>183</v>
       </c>
       <c r="H500">
         <v>1</v>
       </c>
       <c r="I500" t="s">
-        <v>1890</v>
+        <v>1891</v>
       </c>
       <c r="J500" t="s">
-        <v>1890</v>
+        <v>1891</v>
       </c>
       <c r="K500" t="s">
-        <v>1893</v>
+        <v>1894</v>
       </c>
     </row>
     <row r="501" spans="1:11">
       <c r="A501">
         <v>500</v>
       </c>
       <c r="B501" t="s">
         <v>11</v>
       </c>
       <c r="C501" t="s">
         <v>509</v>
       </c>
       <c r="D501" t="s">
         <v>1082</v>
       </c>
       <c r="E501" t="s">
-        <v>1889</v>
+        <v>1890</v>
       </c>
       <c r="F501" t="s">
         <v>562</v>
       </c>
       <c r="G501" t="s">
         <v>15</v>
       </c>
       <c r="H501">
         <v>1</v>
       </c>
       <c r="I501" t="s">
-        <v>1894</v>
+        <v>1895</v>
       </c>
       <c r="J501" t="s">
-        <v>1894</v>
+        <v>1895</v>
       </c>
       <c r="K501" t="s">
-        <v>1895</v>
+        <v>1896</v>
       </c>
     </row>
     <row r="502" spans="1:11">
       <c r="A502">
         <v>501</v>
       </c>
       <c r="B502" t="s">
         <v>11</v>
       </c>
       <c r="C502" t="s">
-        <v>1896</v>
+        <v>1897</v>
       </c>
       <c r="D502" t="s">
         <v>1480</v>
       </c>
       <c r="E502" t="s">
-        <v>1889</v>
+        <v>1890</v>
       </c>
       <c r="F502" t="s">
         <v>562</v>
       </c>
       <c r="G502" t="s">
         <v>141</v>
       </c>
       <c r="H502">
         <v>1</v>
       </c>
       <c r="I502" t="s">
-        <v>1894</v>
+        <v>1895</v>
       </c>
       <c r="J502" t="s">
-        <v>1894</v>
+        <v>1895</v>
       </c>
       <c r="K502" t="s">
-        <v>1897</v>
+        <v>1898</v>
       </c>
     </row>
     <row r="503" spans="1:11">
       <c r="A503">
         <v>502</v>
       </c>
       <c r="B503"/>
       <c r="C503" t="s">
-        <v>1898</v>
+        <v>1899</v>
       </c>
       <c r="D503" t="s">
-        <v>1899</v>
+        <v>1900</v>
       </c>
       <c r="E503"/>
       <c r="F503" t="s">
         <v>168</v>
       </c>
       <c r="G503" t="s">
         <v>183</v>
       </c>
       <c r="H503">
         <v>1</v>
       </c>
       <c r="I503" t="s">
-        <v>1900</v>
+        <v>1901</v>
       </c>
       <c r="J503" t="s">
-        <v>1900</v>
+        <v>1901</v>
       </c>
       <c r="K503" t="s">
-        <v>1901</v>
+        <v>1902</v>
       </c>
     </row>
     <row r="504" spans="1:11">
       <c r="A504">
         <v>503</v>
       </c>
       <c r="B504" t="s">
         <v>11</v>
       </c>
       <c r="C504" t="s">
         <v>1560</v>
       </c>
       <c r="D504" t="s">
-        <v>1902</v>
+        <v>1903</v>
       </c>
       <c r="E504" t="s">
         <v>762</v>
       </c>
       <c r="F504" t="s">
         <v>212</v>
       </c>
       <c r="G504" t="s">
         <v>106</v>
       </c>
       <c r="H504">
         <v>1</v>
       </c>
       <c r="I504" t="s">
-        <v>1903</v>
+        <v>1904</v>
       </c>
       <c r="J504" t="s">
-        <v>1903</v>
+        <v>1904</v>
       </c>
       <c r="K504" t="s">
-        <v>1904</v>
+        <v>1905</v>
       </c>
     </row>
     <row r="505" spans="1:11">
       <c r="A505">
         <v>504</v>
       </c>
       <c r="B505" t="s">
         <v>11</v>
       </c>
       <c r="C505" t="s">
         <v>841</v>
       </c>
       <c r="D505" t="s">
-        <v>1905</v>
+        <v>1906</v>
       </c>
       <c r="E505" t="s">
         <v>536</v>
       </c>
       <c r="F505" t="s">
         <v>494</v>
       </c>
       <c r="G505" t="s">
         <v>106</v>
       </c>
       <c r="H505">
         <v>1</v>
       </c>
       <c r="I505" t="s">
-        <v>1906</v>
+        <v>1907</v>
       </c>
       <c r="J505" t="s">
-        <v>1906</v>
+        <v>1907</v>
       </c>
       <c r="K505" t="s">
-        <v>1907</v>
+        <v>1908</v>
       </c>
     </row>
     <row r="506" spans="1:11">
       <c r="A506">
         <v>505</v>
       </c>
       <c r="B506" t="s">
         <v>11</v>
       </c>
       <c r="C506" t="s">
-        <v>1908</v>
+        <v>1909</v>
       </c>
       <c r="D506" t="s">
-        <v>1909</v>
+        <v>1910</v>
       </c>
       <c r="E506" t="s">
         <v>941</v>
       </c>
       <c r="F506" t="s">
         <v>86</v>
       </c>
       <c r="G506" t="s">
         <v>183</v>
       </c>
       <c r="H506">
         <v>1</v>
       </c>
       <c r="I506" t="s">
-        <v>1910</v>
+        <v>1911</v>
       </c>
       <c r="J506" t="s">
-        <v>1910</v>
+        <v>1911</v>
       </c>
       <c r="K506" t="s">
-        <v>1911</v>
+        <v>1912</v>
       </c>
     </row>
     <row r="507" spans="1:11">
       <c r="A507">
         <v>506</v>
       </c>
       <c r="B507" t="s">
         <v>11</v>
       </c>
       <c r="C507" t="s">
-        <v>1912</v>
+        <v>1913</v>
       </c>
       <c r="D507" t="s">
-        <v>1913</v>
+        <v>1914</v>
       </c>
       <c r="E507" t="s">
         <v>941</v>
       </c>
       <c r="F507" t="s">
         <v>70</v>
       </c>
       <c r="G507" t="s">
         <v>183</v>
       </c>
       <c r="H507">
         <v>1</v>
       </c>
       <c r="I507" t="s">
-        <v>1910</v>
+        <v>1911</v>
       </c>
       <c r="J507" t="s">
-        <v>1910</v>
+        <v>1911</v>
       </c>
       <c r="K507" t="s">
-        <v>1914</v>
+        <v>1915</v>
       </c>
     </row>
     <row r="508" spans="1:11">
       <c r="A508">
         <v>507</v>
       </c>
       <c r="B508" t="s">
         <v>11</v>
       </c>
       <c r="C508" t="s">
-        <v>1915</v>
+        <v>1916</v>
       </c>
       <c r="D508" t="s">
-        <v>1916</v>
+        <v>1917</v>
       </c>
       <c r="E508" t="s">
         <v>941</v>
       </c>
       <c r="F508" t="s">
         <v>86</v>
       </c>
       <c r="G508" t="s">
         <v>183</v>
       </c>
       <c r="H508">
         <v>1</v>
       </c>
       <c r="I508" t="s">
-        <v>1910</v>
+        <v>1911</v>
       </c>
       <c r="J508" t="s">
-        <v>1910</v>
+        <v>1911</v>
       </c>
       <c r="K508" t="s">
-        <v>1917</v>
+        <v>1918</v>
       </c>
     </row>
     <row r="509" spans="1:11">
       <c r="A509">
         <v>508</v>
       </c>
       <c r="B509" t="s">
         <v>11</v>
       </c>
       <c r="C509" t="s">
-        <v>1918</v>
+        <v>1919</v>
       </c>
       <c r="D509" t="s">
-        <v>1919</v>
+        <v>1920</v>
       </c>
       <c r="E509" t="s">
         <v>941</v>
       </c>
       <c r="F509" t="s">
         <v>445</v>
       </c>
       <c r="G509" t="s">
         <v>183</v>
       </c>
       <c r="H509">
         <v>1</v>
       </c>
       <c r="I509" t="s">
-        <v>1910</v>
+        <v>1911</v>
       </c>
       <c r="J509" t="s">
-        <v>1910</v>
+        <v>1911</v>
       </c>
       <c r="K509" t="s">
-        <v>1920</v>
+        <v>1921</v>
       </c>
     </row>
     <row r="510" spans="1:11">
       <c r="A510">
         <v>509</v>
       </c>
       <c r="B510" t="s">
         <v>11</v>
       </c>
       <c r="C510" t="s">
         <v>1399</v>
       </c>
       <c r="D510" t="s">
         <v>1004</v>
       </c>
       <c r="E510" t="s">
         <v>536</v>
       </c>
       <c r="F510" t="s">
         <v>494</v>
       </c>
       <c r="G510" t="s">
         <v>106</v>
       </c>
       <c r="H510">
         <v>1</v>
       </c>
       <c r="I510" t="s">
-        <v>1921</v>
+        <v>1922</v>
       </c>
       <c r="J510" t="s">
-        <v>1921</v>
+        <v>1922</v>
       </c>
       <c r="K510" t="s">
-        <v>1922</v>
+        <v>1923</v>
       </c>
     </row>
     <row r="511" spans="1:11">
       <c r="A511">
         <v>510</v>
       </c>
       <c r="B511" t="s">
         <v>11</v>
       </c>
       <c r="C511" t="s">
         <v>180</v>
       </c>
       <c r="D511" t="s">
-        <v>1923</v>
+        <v>1924</v>
       </c>
       <c r="E511" t="s">
         <v>243</v>
       </c>
       <c r="F511" t="s">
         <v>52</v>
       </c>
       <c r="G511" t="s">
         <v>183</v>
       </c>
       <c r="H511">
         <v>1</v>
       </c>
       <c r="I511" t="s">
-        <v>1924</v>
+        <v>1925</v>
       </c>
       <c r="J511" t="s">
-        <v>1924</v>
+        <v>1925</v>
       </c>
       <c r="K511" t="s">
-        <v>1925</v>
+        <v>1926</v>
       </c>
     </row>
     <row r="512" spans="1:11">
       <c r="A512">
         <v>511</v>
       </c>
       <c r="B512" t="s">
         <v>11</v>
       </c>
       <c r="C512" t="s">
-        <v>1926</v>
+        <v>1927</v>
       </c>
       <c r="D512" t="s">
-        <v>1927</v>
+        <v>1928</v>
       </c>
       <c r="E512"/>
       <c r="F512"/>
       <c r="G512" t="s">
         <v>183</v>
       </c>
       <c r="H512">
         <v>1</v>
       </c>
       <c r="I512" t="s">
-        <v>1928</v>
+        <v>1929</v>
       </c>
       <c r="J512" t="s">
-        <v>1928</v>
+        <v>1929</v>
       </c>
       <c r="K512" t="s">
-        <v>1929</v>
+        <v>1930</v>
       </c>
     </row>
     <row r="513" spans="1:11">
       <c r="A513">
         <v>512</v>
       </c>
       <c r="B513" t="s">
         <v>11</v>
       </c>
       <c r="C513" t="s">
-        <v>1930</v>
+        <v>1931</v>
       </c>
       <c r="D513" t="s">
-        <v>1931</v>
+        <v>1932</v>
       </c>
       <c r="E513"/>
       <c r="F513"/>
       <c r="G513" t="s">
         <v>15</v>
       </c>
       <c r="H513">
         <v>1</v>
       </c>
       <c r="I513" t="s">
-        <v>1928</v>
+        <v>1929</v>
       </c>
       <c r="J513" t="s">
-        <v>1928</v>
+        <v>1929</v>
       </c>
       <c r="K513" t="s">
-        <v>1932</v>
+        <v>1933</v>
       </c>
     </row>
     <row r="514" spans="1:11">
       <c r="A514">
         <v>513</v>
       </c>
       <c r="B514" t="s">
         <v>11</v>
       </c>
       <c r="C514" t="s">
         <v>841</v>
       </c>
       <c r="D514" t="s">
-        <v>1933</v>
+        <v>1934</v>
       </c>
       <c r="E514" t="s">
         <v>803</v>
       </c>
       <c r="F514" t="s">
         <v>643</v>
       </c>
       <c r="G514" t="s">
         <v>106</v>
       </c>
       <c r="H514">
         <v>1</v>
       </c>
       <c r="I514" t="s">
-        <v>1934</v>
+        <v>1935</v>
       </c>
       <c r="J514" t="s">
-        <v>1934</v>
+        <v>1935</v>
       </c>
       <c r="K514" t="s">
-        <v>1935</v>
+        <v>1936</v>
       </c>
     </row>
     <row r="515" spans="1:11">
       <c r="A515">
         <v>514</v>
       </c>
       <c r="B515"/>
       <c r="C515" t="s">
         <v>547</v>
       </c>
       <c r="D515" t="s">
-        <v>1936</v>
+        <v>1937</v>
       </c>
       <c r="E515" t="s">
         <v>1334</v>
       </c>
       <c r="F515" t="s">
-        <v>1937</v>
+        <v>1938</v>
       </c>
       <c r="G515" t="s">
         <v>141</v>
       </c>
       <c r="H515">
         <v>1</v>
       </c>
       <c r="I515" t="s">
-        <v>1938</v>
+        <v>1939</v>
       </c>
       <c r="J515" t="s">
-        <v>1938</v>
+        <v>1939</v>
       </c>
       <c r="K515" t="s">
-        <v>1939</v>
+        <v>1940</v>
       </c>
     </row>
     <row r="516" spans="1:11">
       <c r="A516">
         <v>515</v>
       </c>
       <c r="B516" t="s">
         <v>11</v>
       </c>
       <c r="C516" t="s">
         <v>1556</v>
       </c>
       <c r="D516" t="s">
-        <v>1940</v>
+        <v>1941</v>
       </c>
       <c r="E516"/>
       <c r="F516" t="s">
         <v>792</v>
       </c>
       <c r="G516" t="s">
         <v>183</v>
       </c>
       <c r="H516">
         <v>1</v>
       </c>
       <c r="I516" t="s">
-        <v>1941</v>
+        <v>1942</v>
       </c>
       <c r="J516" t="s">
-        <v>1941</v>
+        <v>1942</v>
       </c>
       <c r="K516" t="s">
-        <v>1942</v>
+        <v>1943</v>
       </c>
     </row>
     <row r="517" spans="1:11">
       <c r="A517">
         <v>516</v>
       </c>
       <c r="B517" t="s">
         <v>11</v>
       </c>
       <c r="C517" t="s">
-        <v>1943</v>
+        <v>1944</v>
       </c>
       <c r="D517" t="s">
-        <v>1944</v>
+        <v>1945</v>
       </c>
       <c r="E517"/>
       <c r="F517"/>
       <c r="G517" t="s">
         <v>106</v>
       </c>
       <c r="H517">
         <v>1</v>
       </c>
       <c r="I517" t="s">
-        <v>1945</v>
+        <v>1946</v>
       </c>
       <c r="J517" t="s">
-        <v>1945</v>
+        <v>1946</v>
       </c>
       <c r="K517" t="s">
-        <v>1946</v>
+        <v>1947</v>
       </c>
     </row>
     <row r="518" spans="1:11">
       <c r="A518">
         <v>517</v>
       </c>
       <c r="B518"/>
       <c r="C518" t="s">
         <v>582</v>
       </c>
       <c r="D518" t="s">
-        <v>1944</v>
+        <v>1945</v>
       </c>
       <c r="E518"/>
       <c r="F518"/>
       <c r="G518" t="s">
         <v>15</v>
       </c>
       <c r="H518">
         <v>1</v>
       </c>
       <c r="I518" t="s">
-        <v>1947</v>
+        <v>1948</v>
       </c>
       <c r="J518" t="s">
-        <v>1947</v>
+        <v>1948</v>
       </c>
       <c r="K518" t="s">
-        <v>1948</v>
+        <v>1949</v>
       </c>
     </row>
     <row r="519" spans="1:11">
       <c r="A519">
         <v>518</v>
       </c>
       <c r="B519"/>
       <c r="C519" t="s">
         <v>224</v>
       </c>
       <c r="D519" t="s">
         <v>1572</v>
       </c>
       <c r="E519"/>
       <c r="F519" t="s">
         <v>64</v>
       </c>
       <c r="G519" t="s">
         <v>141</v>
       </c>
       <c r="H519">
         <v>1</v>
       </c>
       <c r="I519" t="s">
-        <v>1949</v>
+        <v>1950</v>
       </c>
       <c r="J519" t="s">
-        <v>1949</v>
+        <v>1950</v>
       </c>
       <c r="K519" t="s">
-        <v>1950</v>
+        <v>1951</v>
       </c>
     </row>
     <row r="520" spans="1:11">
       <c r="A520">
         <v>519</v>
       </c>
       <c r="B520" t="s">
         <v>11</v>
       </c>
       <c r="C520" t="s">
-        <v>1951</v>
+        <v>1952</v>
       </c>
       <c r="D520" t="s">
-        <v>1952</v>
+        <v>1953</v>
       </c>
       <c r="E520"/>
       <c r="F520"/>
       <c r="G520" t="s">
         <v>183</v>
       </c>
       <c r="H520">
         <v>1</v>
       </c>
       <c r="I520" t="s">
-        <v>1953</v>
+        <v>1954</v>
       </c>
       <c r="J520" t="s">
-        <v>1953</v>
+        <v>1954</v>
       </c>
       <c r="K520" t="s">
-        <v>1954</v>
+        <v>1955</v>
       </c>
     </row>
     <row r="521" spans="1:11">
       <c r="A521">
         <v>520</v>
       </c>
       <c r="B521" t="s">
         <v>11</v>
       </c>
       <c r="C521" t="s">
         <v>240</v>
       </c>
       <c r="D521" t="s">
-        <v>1955</v>
+        <v>1956</v>
       </c>
       <c r="E521" t="s">
         <v>75</v>
       </c>
       <c r="F521" t="s">
-        <v>1956</v>
+        <v>1957</v>
       </c>
       <c r="G521" t="s">
         <v>106</v>
       </c>
       <c r="H521">
         <v>1</v>
       </c>
       <c r="I521" t="s">
-        <v>1957</v>
+        <v>1958</v>
       </c>
       <c r="J521" t="s">
-        <v>1957</v>
+        <v>1958</v>
       </c>
       <c r="K521" t="s">
-        <v>1958</v>
+        <v>1959</v>
       </c>
     </row>
     <row r="522" spans="1:11">
       <c r="A522">
         <v>521</v>
       </c>
       <c r="B522" t="s">
         <v>11</v>
       </c>
       <c r="C522" t="s">
         <v>334</v>
       </c>
       <c r="D522" t="s">
-        <v>1955</v>
+        <v>1956</v>
       </c>
       <c r="E522" t="s">
         <v>75</v>
       </c>
       <c r="F522" t="s">
         <v>212</v>
       </c>
       <c r="G522" t="s">
         <v>15</v>
       </c>
       <c r="H522">
         <v>1</v>
       </c>
       <c r="I522" t="s">
-        <v>1959</v>
+        <v>1960</v>
       </c>
       <c r="J522" t="s">
-        <v>1959</v>
+        <v>1960</v>
       </c>
       <c r="K522" t="s">
-        <v>1960</v>
+        <v>1961</v>
       </c>
     </row>
     <row r="523" spans="1:11">
       <c r="A523">
         <v>522</v>
       </c>
       <c r="B523"/>
       <c r="C523" t="s">
-        <v>1847</v>
+        <v>1848</v>
       </c>
       <c r="D523" t="s">
         <v>1169</v>
       </c>
       <c r="E523" t="s">
         <v>762</v>
       </c>
       <c r="F523" t="s">
         <v>212</v>
       </c>
       <c r="G523" t="s">
         <v>141</v>
       </c>
       <c r="H523">
         <v>1</v>
       </c>
       <c r="I523" t="s">
-        <v>1961</v>
+        <v>1962</v>
       </c>
       <c r="J523" t="s">
-        <v>1961</v>
+        <v>1962</v>
       </c>
       <c r="K523" t="s">
-        <v>1962</v>
+        <v>1963</v>
       </c>
     </row>
     <row r="524" spans="1:11">
       <c r="A524">
         <v>523</v>
       </c>
       <c r="B524"/>
       <c r="C524" t="s">
         <v>1719</v>
       </c>
       <c r="D524" t="s">
         <v>1745</v>
       </c>
       <c r="E524" t="s">
         <v>762</v>
       </c>
       <c r="F524" t="s">
         <v>212</v>
       </c>
       <c r="G524" t="s">
         <v>141</v>
       </c>
       <c r="H524">
         <v>1</v>
       </c>
       <c r="I524" t="s">
-        <v>1963</v>
+        <v>1964</v>
       </c>
       <c r="J524" t="s">
-        <v>1963</v>
+        <v>1964</v>
       </c>
       <c r="K524" t="s">
-        <v>1964</v>
+        <v>1965</v>
       </c>
     </row>
     <row r="525" spans="1:11">
       <c r="A525">
         <v>524</v>
       </c>
       <c r="B525"/>
       <c r="C525" t="s">
         <v>413</v>
       </c>
       <c r="D525" t="s">
-        <v>1965</v>
+        <v>1966</v>
       </c>
       <c r="E525" t="s">
         <v>762</v>
       </c>
       <c r="F525" t="s">
         <v>212</v>
       </c>
       <c r="G525" t="s">
         <v>141</v>
       </c>
       <c r="H525">
         <v>1</v>
       </c>
       <c r="I525" t="s">
-        <v>1966</v>
+        <v>1967</v>
       </c>
       <c r="J525" t="s">
-        <v>1966</v>
+        <v>1967</v>
       </c>
       <c r="K525" t="s">
-        <v>1967</v>
+        <v>1968</v>
       </c>
     </row>
     <row r="526" spans="1:11">
       <c r="A526">
         <v>525</v>
       </c>
       <c r="B526"/>
       <c r="C526" t="s">
-        <v>1968</v>
+        <v>1969</v>
       </c>
       <c r="D526" t="s">
-        <v>1969</v>
+        <v>1970</v>
       </c>
       <c r="E526" t="s">
         <v>762</v>
       </c>
       <c r="F526" t="s">
         <v>212</v>
       </c>
       <c r="G526" t="s">
         <v>141</v>
       </c>
       <c r="H526">
         <v>1</v>
       </c>
       <c r="I526" t="s">
-        <v>1970</v>
+        <v>1971</v>
       </c>
       <c r="J526" t="s">
-        <v>1970</v>
+        <v>1971</v>
       </c>
       <c r="K526" t="s">
-        <v>1971</v>
+        <v>1972</v>
       </c>
     </row>
     <row r="527" spans="1:11">
       <c r="A527">
         <v>526</v>
       </c>
       <c r="B527"/>
       <c r="C527" t="s">
-        <v>1972</v>
+        <v>1973</v>
       </c>
       <c r="D527" t="s">
         <v>871</v>
       </c>
       <c r="E527" t="s">
         <v>762</v>
       </c>
       <c r="F527" t="s">
         <v>212</v>
       </c>
       <c r="G527" t="s">
         <v>141</v>
       </c>
       <c r="H527">
         <v>1</v>
       </c>
       <c r="I527" t="s">
-        <v>1973</v>
+        <v>1974</v>
       </c>
       <c r="J527" t="s">
-        <v>1973</v>
+        <v>1974</v>
       </c>
       <c r="K527" t="s">
-        <v>1974</v>
+        <v>1975</v>
       </c>
     </row>
     <row r="528" spans="1:11">
       <c r="A528">
         <v>527</v>
       </c>
       <c r="B528" t="s">
         <v>11</v>
       </c>
       <c r="C528" t="s">
-        <v>1975</v>
+        <v>1976</v>
       </c>
       <c r="D528" t="s">
-        <v>1976</v>
+        <v>1977</v>
       </c>
       <c r="E528" t="s">
-        <v>1977</v>
+        <v>1978</v>
       </c>
       <c r="F528" t="s">
-        <v>1978</v>
+        <v>1979</v>
       </c>
       <c r="G528" t="s">
         <v>183</v>
       </c>
       <c r="H528">
         <v>1</v>
       </c>
       <c r="I528" t="s">
-        <v>1979</v>
+        <v>1980</v>
       </c>
       <c r="J528" t="s">
-        <v>1979</v>
+        <v>1980</v>
       </c>
       <c r="K528" t="s">
-        <v>1980</v>
+        <v>1981</v>
       </c>
     </row>
     <row r="529" spans="1:11">
       <c r="A529">
         <v>528</v>
       </c>
       <c r="B529" t="s">
         <v>11</v>
       </c>
       <c r="C529" t="s">
         <v>1117</v>
       </c>
       <c r="D529" t="s">
-        <v>1981</v>
+        <v>1982</v>
       </c>
       <c r="E529"/>
       <c r="F529" t="s">
         <v>64</v>
       </c>
       <c r="G529" t="s">
         <v>183</v>
       </c>
       <c r="H529">
         <v>1</v>
       </c>
       <c r="I529" t="s">
-        <v>1982</v>
+        <v>1983</v>
       </c>
       <c r="J529" t="s">
-        <v>1982</v>
+        <v>1983</v>
       </c>
       <c r="K529" t="s">
-        <v>1983</v>
+        <v>1984</v>
       </c>
     </row>
     <row r="530" spans="1:11">
       <c r="A530">
         <v>529</v>
       </c>
       <c r="B530" t="s">
         <v>11</v>
       </c>
       <c r="C530" t="s">
-        <v>1984</v>
+        <v>1985</v>
       </c>
       <c r="D530" t="s">
-        <v>1985</v>
+        <v>1986</v>
       </c>
       <c r="E530" t="s">
-        <v>1986</v>
+        <v>1987</v>
       </c>
       <c r="F530" t="s">
         <v>996</v>
       </c>
       <c r="G530" t="s">
         <v>15</v>
       </c>
       <c r="H530">
         <v>1</v>
       </c>
       <c r="I530" t="s">
-        <v>1987</v>
+        <v>1988</v>
       </c>
       <c r="J530" t="s">
-        <v>1987</v>
+        <v>1988</v>
       </c>
       <c r="K530" t="s">
-        <v>1988</v>
+        <v>1989</v>
       </c>
     </row>
     <row r="531" spans="1:11">
       <c r="A531">
         <v>530</v>
       </c>
       <c r="B531" t="s">
         <v>11</v>
       </c>
       <c r="C531" t="s">
         <v>417</v>
       </c>
       <c r="D531" t="s">
-        <v>1989</v>
+        <v>1990</v>
       </c>
       <c r="E531" t="s">
-        <v>1986</v>
+        <v>1987</v>
       </c>
       <c r="F531" t="s">
         <v>996</v>
       </c>
       <c r="G531" t="s">
         <v>15</v>
       </c>
       <c r="H531">
         <v>1</v>
       </c>
       <c r="I531" t="s">
-        <v>1990</v>
+        <v>1991</v>
       </c>
       <c r="J531" t="s">
-        <v>1990</v>
+        <v>1991</v>
       </c>
       <c r="K531" t="s">
-        <v>1991</v>
+        <v>1992</v>
       </c>
     </row>
     <row r="532" spans="1:11">
       <c r="A532">
         <v>531</v>
       </c>
       <c r="B532" t="s">
         <v>11</v>
       </c>
       <c r="C532" t="s">
         <v>488</v>
       </c>
       <c r="D532" t="s">
-        <v>1944</v>
+        <v>1945</v>
       </c>
       <c r="E532"/>
       <c r="F532"/>
       <c r="G532" t="s">
         <v>106</v>
       </c>
       <c r="H532">
         <v>1</v>
       </c>
       <c r="I532" t="s">
-        <v>1992</v>
+        <v>1993</v>
       </c>
       <c r="J532" t="s">
-        <v>1992</v>
+        <v>1993</v>
       </c>
       <c r="K532" t="s">
-        <v>1993</v>
+        <v>1994</v>
       </c>
     </row>
     <row r="533" spans="1:11">
       <c r="A533">
         <v>532</v>
       </c>
       <c r="B533" t="s">
         <v>11</v>
       </c>
       <c r="C533" t="s">
-        <v>1994</v>
+        <v>1995</v>
       </c>
       <c r="D533" t="s">
-        <v>1995</v>
+        <v>1996</v>
       </c>
       <c r="E533"/>
       <c r="F533"/>
       <c r="G533" t="s">
         <v>183</v>
       </c>
       <c r="H533">
         <v>1</v>
       </c>
       <c r="I533" t="s">
-        <v>1996</v>
+        <v>1997</v>
       </c>
       <c r="J533" t="s">
-        <v>1996</v>
+        <v>1997</v>
       </c>
       <c r="K533" t="s">
-        <v>1997</v>
+        <v>1998</v>
       </c>
     </row>
     <row r="534" spans="1:11">
       <c r="A534">
         <v>533</v>
       </c>
       <c r="B534" t="s">
         <v>11</v>
       </c>
       <c r="C534" t="s">
-        <v>1998</v>
+        <v>1999</v>
       </c>
       <c r="D534" t="s">
-        <v>1999</v>
+        <v>2000</v>
       </c>
       <c r="E534"/>
       <c r="F534" t="s">
         <v>64</v>
       </c>
       <c r="G534" t="s">
         <v>183</v>
       </c>
       <c r="H534">
         <v>1</v>
       </c>
       <c r="I534" t="s">
-        <v>2000</v>
+        <v>2001</v>
       </c>
       <c r="J534" t="s">
-        <v>2000</v>
+        <v>2001</v>
       </c>
       <c r="K534" t="s">
-        <v>2001</v>
+        <v>2002</v>
       </c>
     </row>
     <row r="535" spans="1:11">
       <c r="A535">
         <v>534</v>
       </c>
       <c r="B535"/>
       <c r="C535" t="s">
         <v>341</v>
       </c>
       <c r="D535" t="s">
         <v>595</v>
       </c>
       <c r="E535"/>
       <c r="F535" t="s">
         <v>168</v>
       </c>
       <c r="G535" t="s">
         <v>183</v>
       </c>
       <c r="H535">
         <v>1</v>
       </c>
       <c r="I535" t="s">
-        <v>2002</v>
+        <v>2003</v>
       </c>
       <c r="J535" t="s">
-        <v>2002</v>
+        <v>2003</v>
       </c>
       <c r="K535" t="s">
-        <v>2003</v>
+        <v>2004</v>
       </c>
     </row>
     <row r="536" spans="1:11">
       <c r="A536">
         <v>535</v>
       </c>
       <c r="B536" t="s">
         <v>11</v>
       </c>
       <c r="C536" t="s">
         <v>1340</v>
       </c>
       <c r="D536" t="s">
-        <v>2004</v>
+        <v>2005</v>
       </c>
       <c r="E536" t="s">
-        <v>1815</v>
+        <v>1816</v>
       </c>
       <c r="F536" t="s">
         <v>64</v>
       </c>
       <c r="G536" t="s">
         <v>183</v>
       </c>
       <c r="H536">
         <v>1</v>
       </c>
       <c r="I536" t="s">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="J536" t="s">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="K536" t="s">
-        <v>2006</v>
+        <v>2007</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">