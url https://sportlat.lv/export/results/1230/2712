--- v0 (2025-10-13)
+++ v1 (2026-01-20)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Export data" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="380">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="381">
   <si>
     <t>Vieta</t>
   </si>
   <si>
     <t>Valsts</t>
   </si>
   <si>
     <t>Vārds</t>
   </si>
   <si>
     <t>Uzvārds</t>
   </si>
   <si>
     <t>Komanda</t>
   </si>
   <si>
     <t>Pilsēta</t>
   </si>
   <si>
     <t>Grupa</t>
   </si>
   <si>
     <t>Apļi</t>
   </si>
   <si>
@@ -1119,50 +1119,53 @@
     <t>00:36:47.15</t>
   </si>
   <si>
     <t>Madara</t>
   </si>
   <si>
     <t>Silova</t>
   </si>
   <si>
     <t>0:36:50</t>
   </si>
   <si>
     <t>00:36:49.90</t>
   </si>
   <si>
     <t>Ruta</t>
   </si>
   <si>
     <t>Dīce</t>
   </si>
   <si>
     <t>0:40:58</t>
   </si>
   <si>
     <t>00:40:57.15</t>
+  </si>
+  <si>
+    <t>EST</t>
   </si>
   <si>
     <t>Līga</t>
   </si>
   <si>
     <t>Rakšte</t>
   </si>
   <si>
     <t>0:41:27</t>
   </si>
   <si>
     <t>00:41:26.10</t>
   </si>
   <si>
     <t>Kristine</t>
   </si>
   <si>
     <t>Ozola-Maškova</t>
   </si>
   <si>
     <t>0:44:33</t>
   </si>
   <si>
     <t>00:44:32.05</t>
   </si>
@@ -4207,142 +4210,142 @@
       </c>
       <c r="F81" t="s">
         <v>162</v>
       </c>
       <c r="G81" t="s">
         <v>109</v>
       </c>
       <c r="H81">
         <v>1</v>
       </c>
       <c r="I81" t="s">
         <v>367</v>
       </c>
       <c r="J81" t="s">
         <v>367</v>
       </c>
       <c r="K81" t="s">
         <v>368</v>
       </c>
     </row>
     <row r="82" spans="1:11">
       <c r="A82">
         <v>81</v>
       </c>
       <c r="B82" t="s">
-        <v>11</v>
+        <v>369</v>
       </c>
       <c r="C82" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="D82" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="E82" t="s">
         <v>48</v>
       </c>
       <c r="F82" t="s">
         <v>22</v>
       </c>
       <c r="G82" t="s">
         <v>109</v>
       </c>
       <c r="H82">
         <v>1</v>
       </c>
       <c r="I82" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="J82" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="K82" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
     </row>
     <row r="83" spans="1:11">
       <c r="A83">
         <v>82</v>
       </c>
       <c r="B83"/>
       <c r="C83" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="D83" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="E83"/>
       <c r="F83" t="s">
         <v>27</v>
       </c>
       <c r="G83" t="s">
         <v>109</v>
       </c>
       <c r="H83">
         <v>1</v>
       </c>
       <c r="I83" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="J83" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="K83" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
     </row>
     <row r="84" spans="1:11">
       <c r="A84">
         <v>83</v>
       </c>
       <c r="B84" t="s">
         <v>11</v>
       </c>
       <c r="C84" t="s">
         <v>63</v>
       </c>
       <c r="D84" t="s">
         <v>64</v>
       </c>
       <c r="E84"/>
       <c r="F84" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="G84" t="s">
         <v>60</v>
       </c>
       <c r="H84">
         <v>1</v>
       </c>
       <c r="I84" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="J84" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="K84" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">