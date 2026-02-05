--- v0 (2025-10-04)
+++ v1 (2026-02-05)
@@ -2942,51 +2942,53 @@
       </c>
       <c r="E58"/>
       <c r="F58" t="s">
         <v>15</v>
       </c>
       <c r="G58" t="s">
         <v>40</v>
       </c>
       <c r="H58">
         <v>1</v>
       </c>
       <c r="I58" t="s">
         <v>195</v>
       </c>
       <c r="J58" t="s">
         <v>195</v>
       </c>
       <c r="K58" t="s">
         <v>195</v>
       </c>
     </row>
     <row r="59" spans="1:11">
       <c r="A59">
         <v>58</v>
       </c>
-      <c r="B59"/>
+      <c r="B59" t="s">
+        <v>11</v>
+      </c>
       <c r="C59" t="s">
         <v>173</v>
       </c>
       <c r="D59" t="s">
         <v>196</v>
       </c>
       <c r="E59"/>
       <c r="F59" t="s">
         <v>39</v>
       </c>
       <c r="G59" t="s">
         <v>21</v>
       </c>
       <c r="H59">
         <v>1</v>
       </c>
       <c r="I59" t="s">
         <v>197</v>
       </c>
       <c r="J59" t="s">
         <v>197</v>
       </c>
       <c r="K59" t="s">
         <v>197</v>
       </c>