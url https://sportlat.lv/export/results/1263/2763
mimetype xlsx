--- v0 (2025-10-11)
+++ v1 (2026-02-12)
@@ -1789,51 +1789,53 @@
       </c>
       <c r="E27"/>
       <c r="F27" t="s">
         <v>30</v>
       </c>
       <c r="G27" t="s">
         <v>88</v>
       </c>
       <c r="H27">
         <v>1</v>
       </c>
       <c r="I27" t="s">
         <v>103</v>
       </c>
       <c r="J27" t="s">
         <v>103</v>
       </c>
       <c r="K27" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="28" spans="1:11">
       <c r="A28">
         <v>27</v>
       </c>
-      <c r="B28"/>
+      <c r="B28" t="s">
+        <v>11</v>
+      </c>
       <c r="C28" t="s">
         <v>106</v>
       </c>
       <c r="D28" t="s">
         <v>107</v>
       </c>
       <c r="E28"/>
       <c r="F28" t="s">
         <v>30</v>
       </c>
       <c r="G28" t="s">
         <v>21</v>
       </c>
       <c r="H28">
         <v>1</v>
       </c>
       <c r="I28" t="s">
         <v>108</v>
       </c>
       <c r="J28" t="s">
         <v>108</v>
       </c>
       <c r="K28" t="s">
         <v>108</v>
       </c>