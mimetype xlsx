--- v0 (2025-10-08)
+++ v1 (2026-01-04)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Export data" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="355">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="356">
   <si>
     <t>Vieta</t>
   </si>
   <si>
     <t>Valsts</t>
   </si>
   <si>
     <t>Vārds</t>
   </si>
   <si>
     <t>Uzvārds</t>
   </si>
   <si>
     <t>Komanda</t>
   </si>
   <si>
     <t>Pilsēta</t>
   </si>
   <si>
     <t>Grupa</t>
   </si>
   <si>
     <t>Apļi</t>
   </si>
   <si>
@@ -1035,50 +1035,53 @@
     <t>Cepurītis</t>
   </si>
   <si>
     <t>01:09:46</t>
   </si>
   <si>
     <t>00:32:33</t>
   </si>
   <si>
     <t>00:37:14</t>
   </si>
   <si>
     <t>Bite</t>
   </si>
   <si>
     <t>Inčukalns</t>
   </si>
   <si>
     <t>01:13:16</t>
   </si>
   <si>
     <t>00:34:38</t>
   </si>
   <si>
     <t>00:38:38</t>
+  </si>
+  <si>
+    <t>EST</t>
   </si>
   <si>
     <t>Rakšte</t>
   </si>
   <si>
     <t>01:24:19</t>
   </si>
   <si>
     <t>00:40:23</t>
   </si>
   <si>
     <t>00:43:57</t>
   </si>
   <si>
     <t>Līna</t>
   </si>
   <si>
     <t>Gaile</t>
   </si>
   <si>
     <t>Siguldas Maratona klubs</t>
   </si>
   <si>
     <t>-</t>
   </si>
@@ -3631,153 +3634,153 @@
       </c>
       <c r="G60" t="s">
         <v>156</v>
       </c>
       <c r="H60">
         <v>2</v>
       </c>
       <c r="I60" t="s">
         <v>338</v>
       </c>
       <c r="J60" t="s">
         <v>339</v>
       </c>
       <c r="K60" t="s">
         <v>340</v>
       </c>
       <c r="L60" t="s">
         <v>338</v>
       </c>
     </row>
     <row r="61" spans="1:12">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61" t="s">
-        <v>12</v>
+        <v>341</v>
       </c>
       <c r="C61" t="s">
         <v>261</v>
       </c>
       <c r="D61" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="E61" t="s">
         <v>311</v>
       </c>
       <c r="F61" t="s">
         <v>31</v>
       </c>
       <c r="G61" t="s">
         <v>174</v>
       </c>
       <c r="H61">
         <v>2</v>
       </c>
       <c r="I61" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="J61" t="s">
+        <v>344</v>
+      </c>
+      <c r="K61" t="s">
+        <v>345</v>
+      </c>
+      <c r="L61" t="s">
         <v>343</v>
-      </c>
-[...4 lines deleted...]
-        <v>342</v>
       </c>
     </row>
     <row r="62" spans="1:12">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62" t="s">
         <v>12</v>
       </c>
       <c r="C62" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="D62" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="E62" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="F62" t="s">
         <v>188</v>
       </c>
       <c r="G62" t="s">
         <v>174</v>
       </c>
       <c r="H62">
         <v>1</v>
       </c>
       <c r="I62" t="s">
         <v>163</v>
       </c>
       <c r="J62" t="s">
         <v>163</v>
       </c>
       <c r="K62"/>
       <c r="L62" t="s">
         <v>163</v>
       </c>
     </row>
     <row r="63" spans="1:12">
       <c r="A63" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="B63" t="s">
         <v>12</v>
       </c>
       <c r="C63" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="D63" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="E63" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="F63" t="s">
         <v>31</v>
       </c>
       <c r="G63" t="s">
         <v>65</v>
       </c>
       <c r="H63">
         <v>1</v>
       </c>
       <c r="I63" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="J63" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="K63"/>
       <c r="L63" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">