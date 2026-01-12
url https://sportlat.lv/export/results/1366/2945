--- v0 (2025-10-08)
+++ v1 (2026-01-12)
@@ -20157,51 +20157,51 @@
       <c r="F423" t="s">
         <v>54</v>
       </c>
       <c r="G423" t="s">
         <v>131</v>
       </c>
       <c r="H423">
         <v>1</v>
       </c>
       <c r="I423" t="s">
         <v>1604</v>
       </c>
       <c r="J423" t="s">
         <v>1604</v>
       </c>
       <c r="K423"/>
       <c r="L423" t="s">
         <v>1605</v>
       </c>
     </row>
     <row r="424" spans="1:12">
       <c r="A424">
         <v>423</v>
       </c>
       <c r="B424" t="s">
-        <v>12</v>
+        <v>1340</v>
       </c>
       <c r="C424" t="s">
         <v>1447</v>
       </c>
       <c r="D424" t="s">
         <v>1606</v>
       </c>
       <c r="E424" t="s">
         <v>313</v>
       </c>
       <c r="F424" t="s">
         <v>54</v>
       </c>
       <c r="G424" t="s">
         <v>131</v>
       </c>
       <c r="H424">
         <v>1</v>
       </c>
       <c r="I424" t="s">
         <v>1607</v>
       </c>
       <c r="J424" t="s">
         <v>1607</v>
       </c>