--- v0 (2025-10-02)
+++ v1 (2026-02-17)
@@ -4156,51 +4156,53 @@
         <v>372</v>
       </c>
       <c r="F68" t="s">
         <v>15</v>
       </c>
       <c r="G68" t="s">
         <v>151</v>
       </c>
       <c r="H68">
         <v>1</v>
       </c>
       <c r="I68" t="s">
         <v>373</v>
       </c>
       <c r="J68" t="s">
         <v>374</v>
       </c>
       <c r="K68" t="s">
         <v>375</v>
       </c>
     </row>
     <row r="69" spans="1:11">
       <c r="A69">
         <v>68</v>
       </c>
-      <c r="B69"/>
+      <c r="B69" t="s">
+        <v>11</v>
+      </c>
       <c r="C69" t="s">
         <v>376</v>
       </c>
       <c r="D69" t="s">
         <v>377</v>
       </c>
       <c r="E69"/>
       <c r="F69" t="s">
         <v>35</v>
       </c>
       <c r="G69" t="s">
         <v>16</v>
       </c>
       <c r="H69">
         <v>1</v>
       </c>
       <c r="I69" t="s">
         <v>378</v>
       </c>
       <c r="J69" t="s">
         <v>379</v>
       </c>
       <c r="K69" t="s">
         <v>380</v>
       </c>