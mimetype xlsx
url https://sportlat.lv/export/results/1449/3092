--- v0 (2025-10-15)
+++ v1 (2026-02-01)
@@ -2856,51 +2856,53 @@
       <c r="D32" t="s">
         <v>151</v>
       </c>
       <c r="E32"/>
       <c r="F32" t="s">
         <v>35</v>
       </c>
       <c r="G32" t="s">
         <v>16</v>
       </c>
       <c r="H32">
         <v>1</v>
       </c>
       <c r="I32" t="s">
         <v>152</v>
       </c>
       <c r="J32" t="s">
         <v>153</v>
       </c>
       <c r="K32"/>
     </row>
     <row r="33" spans="1:11">
       <c r="A33">
         <v>32</v>
       </c>
-      <c r="B33"/>
+      <c r="B33" t="s">
+        <v>11</v>
+      </c>
       <c r="C33" t="s">
         <v>154</v>
       </c>
       <c r="D33" t="s">
         <v>155</v>
       </c>
       <c r="E33"/>
       <c r="F33" t="s">
         <v>101</v>
       </c>
       <c r="G33" t="s">
         <v>22</v>
       </c>
       <c r="H33">
         <v>1</v>
       </c>
       <c r="I33" t="s">
         <v>156</v>
       </c>
       <c r="J33" t="s">
         <v>157</v>
       </c>
       <c r="K33"/>
     </row>
     <row r="34" spans="1:11">