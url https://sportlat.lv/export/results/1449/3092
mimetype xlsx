--- v1 (2026-02-01)
+++ v2 (2026-02-22)
@@ -3282,51 +3282,53 @@
       </c>
       <c r="E46" t="s">
         <v>209</v>
       </c>
       <c r="F46" t="s">
         <v>15</v>
       </c>
       <c r="G46" t="s">
         <v>197</v>
       </c>
       <c r="H46">
         <v>1</v>
       </c>
       <c r="I46" t="s">
         <v>210</v>
       </c>
       <c r="J46" t="s">
         <v>203</v>
       </c>
       <c r="K46"/>
     </row>
     <row r="47" spans="1:11">
       <c r="A47">
         <v>46</v>
       </c>
-      <c r="B47"/>
+      <c r="B47" t="s">
+        <v>11</v>
+      </c>
       <c r="C47" t="s">
         <v>211</v>
       </c>
       <c r="D47" t="s">
         <v>212</v>
       </c>
       <c r="E47"/>
       <c r="F47" t="s">
         <v>35</v>
       </c>
       <c r="G47" t="s">
         <v>16</v>
       </c>
       <c r="H47">
         <v>1</v>
       </c>
       <c r="I47" t="s">
         <v>213</v>
       </c>
       <c r="J47" t="s">
         <v>214</v>
       </c>
       <c r="K47"/>
     </row>
     <row r="48" spans="1:11">