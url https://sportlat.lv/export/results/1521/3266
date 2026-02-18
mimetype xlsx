--- v0 (2025-10-07)
+++ v1 (2026-02-18)
@@ -4381,51 +4381,53 @@
       </c>
       <c r="F52" t="s">
         <v>106</v>
       </c>
       <c r="G52" t="s">
         <v>185</v>
       </c>
       <c r="H52">
         <v>1</v>
       </c>
       <c r="I52" t="s">
         <v>287</v>
       </c>
       <c r="J52" t="s">
         <v>288</v>
       </c>
       <c r="K52"/>
       <c r="L52" t="s">
         <v>289</v>
       </c>
     </row>
     <row r="53" spans="1:12">
       <c r="A53">
         <v>52</v>
       </c>
-      <c r="B53"/>
+      <c r="B53" t="s">
+        <v>12</v>
+      </c>
       <c r="C53" t="s">
         <v>86</v>
       </c>
       <c r="D53" t="s">
         <v>290</v>
       </c>
       <c r="E53" t="s">
         <v>61</v>
       </c>
       <c r="F53" t="s">
         <v>62</v>
       </c>
       <c r="G53" t="s">
         <v>172</v>
       </c>
       <c r="H53">
         <v>1</v>
       </c>
       <c r="I53" t="s">
         <v>291</v>
       </c>
       <c r="J53" t="s">
         <v>292</v>
       </c>
       <c r="K53"/>