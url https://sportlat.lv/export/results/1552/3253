--- v0 (2025-10-15)
+++ v1 (2026-01-11)
@@ -3182,50 +3182,53 @@
   <si>
     <t>1:17:23</t>
   </si>
   <si>
     <t>0:37:12</t>
   </si>
   <si>
     <t>0:40:12</t>
   </si>
   <si>
     <t>01:16:50.89</t>
   </si>
   <si>
     <t>Silvija</t>
   </si>
   <si>
     <t>Hansone</t>
   </si>
   <si>
     <t>0:37:22</t>
   </si>
   <si>
     <t>01:16:51.88</t>
   </si>
   <si>
+    <t>EST</t>
+  </si>
+  <si>
     <t>Līga</t>
   </si>
   <si>
     <t>Rakšte</t>
   </si>
   <si>
     <t>Maratona klubs</t>
   </si>
   <si>
     <t>1:22:19</t>
   </si>
   <si>
     <t>0:41:04</t>
   </si>
   <si>
     <t>0:41:16</t>
   </si>
   <si>
     <t>01:22:06.04</t>
   </si>
   <si>
     <t>Enija-Marta</t>
   </si>
   <si>
     <t>Liepiņa</t>
@@ -3276,53 +3279,50 @@
     <t>Supe</t>
   </si>
   <si>
     <t>Tirza</t>
   </si>
   <si>
     <t>0:26:21</t>
   </si>
   <si>
     <t>00:26:16.30</t>
   </si>
   <si>
     <t>Elvita</t>
   </si>
   <si>
     <t>00:26:41.67</t>
   </si>
   <si>
     <t>Freimanis</t>
   </si>
   <si>
     <t>0:40:31</t>
   </si>
   <si>
     <t>00:40:14.26</t>
-  </si>
-[...1 lines deleted...]
-    <t>EST</t>
   </si>
   <si>
     <t>Aivar</t>
   </si>
   <si>
     <t>Kaljusaar</t>
   </si>
   <si>
     <t>Viljandi</t>
   </si>
   <si>
     <t>0:44:34</t>
   </si>
   <si>
     <t>00:43:48.24</t>
   </si>
   <si>
     <t>Romanovs</t>
   </si>
   <si>
     <t>Selga</t>
   </si>
   <si>
     <t>Ameli</t>
   </si>
@@ -10188,382 +10188,382 @@
       </c>
       <c r="G177" t="s">
         <v>437</v>
       </c>
       <c r="H177">
         <v>2</v>
       </c>
       <c r="I177" t="s">
         <v>1048</v>
       </c>
       <c r="J177" t="s">
         <v>1054</v>
       </c>
       <c r="K177" t="s">
         <v>1043</v>
       </c>
       <c r="L177" t="s">
         <v>1055</v>
       </c>
     </row>
     <row r="178" spans="1:12">
       <c r="A178">
         <v>177</v>
       </c>
       <c r="B178" t="s">
-        <v>12</v>
+        <v>1056</v>
       </c>
       <c r="C178" t="s">
-        <v>1056</v>
+        <v>1057</v>
       </c>
       <c r="D178" t="s">
-        <v>1057</v>
+        <v>1058</v>
       </c>
       <c r="E178" t="s">
-        <v>1058</v>
+        <v>1059</v>
       </c>
       <c r="F178" t="s">
         <v>41</v>
       </c>
       <c r="G178" t="s">
         <v>122</v>
       </c>
       <c r="H178">
         <v>2</v>
       </c>
       <c r="I178" t="s">
-        <v>1059</v>
+        <v>1060</v>
       </c>
       <c r="J178" t="s">
-        <v>1060</v>
+        <v>1061</v>
       </c>
       <c r="K178" t="s">
-        <v>1061</v>
+        <v>1062</v>
       </c>
       <c r="L178" t="s">
-        <v>1062</v>
+        <v>1063</v>
       </c>
     </row>
     <row r="179" spans="1:12">
       <c r="A179">
         <v>178</v>
       </c>
       <c r="B179" t="s">
         <v>12</v>
       </c>
       <c r="C179" t="s">
-        <v>1063</v>
+        <v>1064</v>
       </c>
       <c r="D179" t="s">
-        <v>1064</v>
+        <v>1065</v>
       </c>
       <c r="E179"/>
       <c r="F179" t="s">
-        <v>1065</v>
+        <v>1066</v>
       </c>
       <c r="G179" t="s">
         <v>379</v>
       </c>
       <c r="H179">
         <v>2</v>
       </c>
       <c r="I179" t="s">
-        <v>1066</v>
+        <v>1067</v>
       </c>
       <c r="J179" t="s">
-        <v>1067</v>
+        <v>1068</v>
       </c>
       <c r="K179" t="s">
-        <v>1068</v>
+        <v>1069</v>
       </c>
       <c r="L179" t="s">
-        <v>1069</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="180" spans="1:12">
       <c r="A180">
         <v>179</v>
       </c>
       <c r="B180" t="s">
         <v>12</v>
       </c>
       <c r="C180" t="s">
         <v>642</v>
       </c>
       <c r="D180" t="s">
-        <v>1070</v>
+        <v>1071</v>
       </c>
       <c r="E180"/>
       <c r="F180" t="s">
         <v>16</v>
       </c>
       <c r="G180" t="s">
         <v>73</v>
       </c>
       <c r="H180">
         <v>2</v>
       </c>
       <c r="I180" t="s">
-        <v>1071</v>
+        <v>1072</v>
       </c>
       <c r="J180" t="s">
-        <v>1068</v>
+        <v>1069</v>
       </c>
       <c r="K180" t="s">
-        <v>1072</v>
+        <v>1073</v>
       </c>
       <c r="L180" t="s">
-        <v>1073</v>
+        <v>1074</v>
       </c>
     </row>
     <row r="181" spans="1:12">
       <c r="A181" t="s">
-        <v>1074</v>
+        <v>1075</v>
       </c>
       <c r="B181"/>
       <c r="C181" t="s">
-        <v>1075</v>
+        <v>1076</v>
       </c>
       <c r="D181" t="s">
         <v>128</v>
       </c>
       <c r="E181"/>
       <c r="F181" t="s">
         <v>41</v>
       </c>
       <c r="G181" t="s">
         <v>50</v>
       </c>
       <c r="H181">
         <v>1</v>
       </c>
       <c r="I181" t="s">
-        <v>1076</v>
+        <v>1077</v>
       </c>
       <c r="J181" t="s">
-        <v>1077</v>
+        <v>1078</v>
       </c>
       <c r="K181"/>
       <c r="L181" t="s">
-        <v>1078</v>
+        <v>1079</v>
       </c>
     </row>
     <row r="182" spans="1:12">
       <c r="A182" t="s">
-        <v>1074</v>
+        <v>1075</v>
       </c>
       <c r="B182" t="s">
         <v>12</v>
       </c>
       <c r="C182" t="s">
         <v>22</v>
       </c>
       <c r="D182" t="s">
-        <v>1079</v>
+        <v>1080</v>
       </c>
       <c r="E182"/>
       <c r="F182" t="s">
-        <v>1080</v>
+        <v>1081</v>
       </c>
       <c r="G182" t="s">
         <v>316</v>
       </c>
       <c r="H182">
         <v>1</v>
       </c>
       <c r="I182" t="s">
-        <v>1076</v>
+        <v>1077</v>
       </c>
       <c r="J182" t="s">
-        <v>1081</v>
+        <v>1082</v>
       </c>
       <c r="K182"/>
       <c r="L182" t="s">
-        <v>1082</v>
+        <v>1083</v>
       </c>
     </row>
     <row r="183" spans="1:12">
       <c r="A183" t="s">
-        <v>1074</v>
+        <v>1075</v>
       </c>
       <c r="B183" t="s">
         <v>12</v>
       </c>
       <c r="C183" t="s">
-        <v>1083</v>
+        <v>1084</v>
       </c>
       <c r="D183" t="s">
         <v>860</v>
       </c>
       <c r="E183" t="s">
         <v>141</v>
       </c>
       <c r="F183" t="s">
         <v>16</v>
       </c>
       <c r="G183" t="s">
         <v>73</v>
       </c>
       <c r="H183">
         <v>1</v>
       </c>
       <c r="I183" t="s">
-        <v>1076</v>
+        <v>1077</v>
       </c>
       <c r="J183" t="s">
         <v>590</v>
       </c>
       <c r="K183"/>
       <c r="L183" t="s">
-        <v>1084</v>
+        <v>1085</v>
       </c>
     </row>
     <row r="184" spans="1:12">
       <c r="A184" t="s">
-        <v>1074</v>
+        <v>1075</v>
       </c>
       <c r="B184" t="s">
         <v>12</v>
       </c>
       <c r="C184" t="s">
         <v>483</v>
       </c>
       <c r="D184" t="s">
-        <v>1085</v>
+        <v>1086</v>
       </c>
       <c r="E184" t="s">
         <v>544</v>
       </c>
       <c r="F184" t="s">
         <v>264</v>
       </c>
       <c r="G184" t="s">
         <v>316</v>
       </c>
       <c r="H184">
         <v>1</v>
       </c>
       <c r="I184" t="s">
-        <v>1076</v>
+        <v>1077</v>
       </c>
       <c r="J184" t="s">
-        <v>1086</v>
+        <v>1087</v>
       </c>
       <c r="K184"/>
       <c r="L184" t="s">
-        <v>1087</v>
+        <v>1088</v>
       </c>
     </row>
     <row r="185" spans="1:12">
       <c r="A185" t="s">
-        <v>1074</v>
+        <v>1075</v>
       </c>
       <c r="B185" t="s">
-        <v>1088</v>
+        <v>1056</v>
       </c>
       <c r="C185" t="s">
         <v>1089</v>
       </c>
       <c r="D185" t="s">
         <v>1090</v>
       </c>
       <c r="E185"/>
       <c r="F185" t="s">
         <v>1091</v>
       </c>
       <c r="G185" t="s">
         <v>88</v>
       </c>
       <c r="H185">
         <v>1</v>
       </c>
       <c r="I185" t="s">
-        <v>1076</v>
+        <v>1077</v>
       </c>
       <c r="J185" t="s">
         <v>1092</v>
       </c>
       <c r="K185"/>
       <c r="L185" t="s">
         <v>1093</v>
       </c>
     </row>
     <row r="186" spans="1:12">
       <c r="A186" t="s">
-        <v>1074</v>
+        <v>1075</v>
       </c>
       <c r="B186" t="s">
         <v>12</v>
       </c>
       <c r="C186" t="s">
         <v>241</v>
       </c>
       <c r="D186" t="s">
         <v>1094</v>
       </c>
       <c r="E186" t="s">
         <v>1095</v>
       </c>
       <c r="F186" t="s">
         <v>41</v>
       </c>
       <c r="G186" t="s">
         <v>17</v>
       </c>
       <c r="H186">
         <v>0</v>
       </c>
       <c r="I186" t="s">
-        <v>1076</v>
+        <v>1077</v>
       </c>
       <c r="J186"/>
       <c r="K186"/>
       <c r="L186"/>
     </row>
     <row r="187" spans="1:12">
       <c r="A187" t="s">
-        <v>1074</v>
+        <v>1075</v>
       </c>
       <c r="B187"/>
       <c r="C187" t="s">
         <v>1096</v>
       </c>
       <c r="D187" t="s">
         <v>1097</v>
       </c>
       <c r="E187"/>
       <c r="F187" t="s">
         <v>41</v>
       </c>
       <c r="G187" t="s">
         <v>379</v>
       </c>
       <c r="H187">
         <v>0</v>
       </c>
       <c r="I187" t="s">
-        <v>1076</v>
+        <v>1077</v>
       </c>
       <c r="J187"/>
       <c r="K187"/>
       <c r="L187"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>