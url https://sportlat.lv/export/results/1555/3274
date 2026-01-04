--- v0 (2025-10-15)
+++ v1 (2026-01-04)
@@ -2819,50 +2819,53 @@
   <si>
     <t>0:40:18</t>
   </si>
   <si>
     <t>0:41:57</t>
   </si>
   <si>
     <t>01:22:13.78</t>
   </si>
   <si>
     <t>Uldis</t>
   </si>
   <si>
     <t>Dīcis</t>
   </si>
   <si>
     <t>1:22:15</t>
   </si>
   <si>
     <t>0:40:19</t>
   </si>
   <si>
     <t>01:22:14.47</t>
   </si>
   <si>
+    <t>EST</t>
+  </si>
+  <si>
     <t>Rakšte</t>
   </si>
   <si>
     <t>1:24:00</t>
   </si>
   <si>
     <t>0:40:10</t>
   </si>
   <si>
     <t>0:43:50</t>
   </si>
   <si>
     <t>01:23:59.20</t>
   </si>
   <si>
     <t>Pelēce</t>
   </si>
   <si>
     <t>Ozolnieki</t>
   </si>
   <si>
     <t>1:28:12</t>
   </si>
   <si>
     <t>0:42:41</t>
@@ -2883,53 +2886,50 @@
     <t>1:29:05</t>
   </si>
   <si>
     <t>0:43:08</t>
   </si>
   <si>
     <t>01:29:05.00</t>
   </si>
   <si>
     <t>Kseņja</t>
   </si>
   <si>
     <t>Kiriļenko</t>
   </si>
   <si>
     <t>1:29:08</t>
   </si>
   <si>
     <t>0:44:14</t>
   </si>
   <si>
     <t>0:44:54</t>
   </si>
   <si>
     <t>01:29:07.62</t>
-  </si>
-[...1 lines deleted...]
-    <t>EST</t>
   </si>
   <si>
     <t>Aivar</t>
   </si>
   <si>
     <t>Kaljusaar</t>
   </si>
   <si>
     <t>Viljandi</t>
   </si>
   <si>
     <t>1:29:32</t>
   </si>
   <si>
     <t>0:44:38</t>
   </si>
   <si>
     <t>0:44:55</t>
   </si>
   <si>
     <t>01:29:31.35</t>
   </si>
   <si>
     <t>Madara</t>
   </si>
@@ -8793,201 +8793,201 @@
       </c>
       <c r="G150" t="s">
         <v>348</v>
       </c>
       <c r="H150">
         <v>2</v>
       </c>
       <c r="I150" t="s">
         <v>932</v>
       </c>
       <c r="J150" t="s">
         <v>933</v>
       </c>
       <c r="K150" t="s">
         <v>928</v>
       </c>
       <c r="L150" t="s">
         <v>934</v>
       </c>
     </row>
     <row r="151" spans="1:12">
       <c r="A151">
         <v>150</v>
       </c>
       <c r="B151" t="s">
-        <v>12</v>
+        <v>935</v>
       </c>
       <c r="C151" t="s">
         <v>272</v>
       </c>
       <c r="D151" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="E151" t="s">
         <v>255</v>
       </c>
       <c r="F151" t="s">
         <v>16</v>
       </c>
       <c r="G151" t="s">
         <v>232</v>
       </c>
       <c r="H151">
         <v>2</v>
       </c>
       <c r="I151" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="J151" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="K151" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="L151" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
     </row>
     <row r="152" spans="1:12">
       <c r="A152">
         <v>151</v>
       </c>
       <c r="B152" t="s">
         <v>12</v>
       </c>
       <c r="C152" t="s">
         <v>461</v>
       </c>
       <c r="D152" t="s">
-        <v>940</v>
+        <v>941</v>
       </c>
       <c r="E152" t="s">
         <v>659</v>
       </c>
       <c r="F152" t="s">
-        <v>941</v>
+        <v>942</v>
       </c>
       <c r="G152" t="s">
         <v>409</v>
       </c>
       <c r="H152">
         <v>2</v>
       </c>
       <c r="I152" t="s">
-        <v>942</v>
+        <v>943</v>
       </c>
       <c r="J152" t="s">
-        <v>943</v>
+        <v>944</v>
       </c>
       <c r="K152" t="s">
-        <v>944</v>
+        <v>945</v>
       </c>
       <c r="L152" t="s">
-        <v>945</v>
+        <v>946</v>
       </c>
     </row>
     <row r="153" spans="1:12">
       <c r="A153">
         <v>152</v>
       </c>
       <c r="B153" t="s">
         <v>12</v>
       </c>
       <c r="C153" t="s">
-        <v>946</v>
+        <v>947</v>
       </c>
       <c r="D153" t="s">
-        <v>947</v>
+        <v>948</v>
       </c>
       <c r="E153" t="s">
         <v>382</v>
       </c>
       <c r="F153" t="s">
         <v>16</v>
       </c>
       <c r="G153" t="s">
         <v>348</v>
       </c>
       <c r="H153">
         <v>2</v>
       </c>
       <c r="I153" t="s">
-        <v>948</v>
+        <v>949</v>
       </c>
       <c r="J153" t="s">
-        <v>949</v>
+        <v>950</v>
       </c>
       <c r="K153" t="s">
         <v>218</v>
       </c>
       <c r="L153" t="s">
-        <v>950</v>
+        <v>951</v>
       </c>
     </row>
     <row r="154" spans="1:12">
       <c r="A154">
         <v>153</v>
       </c>
       <c r="B154" t="s">
         <v>12</v>
       </c>
       <c r="C154" t="s">
-        <v>951</v>
+        <v>952</v>
       </c>
       <c r="D154" t="s">
-        <v>952</v>
+        <v>953</v>
       </c>
       <c r="E154"/>
       <c r="F154" t="s">
         <v>16</v>
       </c>
       <c r="G154" t="s">
         <v>104</v>
       </c>
       <c r="H154">
         <v>2</v>
       </c>
       <c r="I154" t="s">
-        <v>953</v>
+        <v>954</v>
       </c>
       <c r="J154" t="s">
-        <v>954</v>
+        <v>955</v>
       </c>
       <c r="K154" t="s">
-        <v>955</v>
+        <v>956</v>
       </c>
       <c r="L154" t="s">
-        <v>956</v>
+        <v>957</v>
       </c>
     </row>
     <row r="155" spans="1:12">
       <c r="A155">
         <v>154</v>
       </c>
       <c r="B155" t="s">
-        <v>957</v>
+        <v>935</v>
       </c>
       <c r="C155" t="s">
         <v>958</v>
       </c>
       <c r="D155" t="s">
         <v>959</v>
       </c>
       <c r="E155"/>
       <c r="F155" t="s">
         <v>960</v>
       </c>
       <c r="G155" t="s">
         <v>217</v>
       </c>
       <c r="H155">
         <v>2</v>
       </c>
       <c r="I155" t="s">
         <v>961</v>
       </c>
       <c r="J155" t="s">
         <v>962</v>
       </c>
       <c r="K155" t="s">
         <v>963</v>