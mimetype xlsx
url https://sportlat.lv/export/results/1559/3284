--- v0 (2025-10-08)
+++ v1 (2026-03-09)
@@ -2265,51 +2265,53 @@
       </c>
       <c r="E28"/>
       <c r="F28" t="s">
         <v>14</v>
       </c>
       <c r="G28" t="s">
         <v>39</v>
       </c>
       <c r="H28">
         <v>1</v>
       </c>
       <c r="I28" t="s">
         <v>154</v>
       </c>
       <c r="J28" t="s">
         <v>155</v>
       </c>
       <c r="K28" t="s">
         <v>154</v>
       </c>
     </row>
     <row r="29" spans="1:11">
       <c r="A29">
         <v>28</v>
       </c>
-      <c r="B29"/>
+      <c r="B29" t="s">
+        <v>18</v>
+      </c>
       <c r="C29" t="s">
         <v>19</v>
       </c>
       <c r="D29" t="s">
         <v>156</v>
       </c>
       <c r="E29"/>
       <c r="F29" t="s">
         <v>14</v>
       </c>
       <c r="G29" t="s">
         <v>60</v>
       </c>
       <c r="H29">
         <v>1</v>
       </c>
       <c r="I29" t="s">
         <v>157</v>
       </c>
       <c r="J29" t="s">
         <v>158</v>
       </c>
       <c r="K29" t="s">
         <v>157</v>
       </c>
@@ -2995,51 +2997,53 @@
         <v>251</v>
       </c>
       <c r="F50" t="s">
         <v>252</v>
       </c>
       <c r="G50" t="s">
         <v>111</v>
       </c>
       <c r="H50">
         <v>1</v>
       </c>
       <c r="I50" t="s">
         <v>253</v>
       </c>
       <c r="J50" t="s">
         <v>254</v>
       </c>
       <c r="K50" t="s">
         <v>253</v>
       </c>
     </row>
     <row r="51" spans="1:11">
       <c r="A51">
         <v>50</v>
       </c>
-      <c r="B51"/>
+      <c r="B51" t="s">
+        <v>18</v>
+      </c>
       <c r="C51" t="s">
         <v>19</v>
       </c>
       <c r="D51" t="s">
         <v>221</v>
       </c>
       <c r="E51"/>
       <c r="F51" t="s">
         <v>127</v>
       </c>
       <c r="G51" t="s">
         <v>23</v>
       </c>
       <c r="H51">
         <v>1</v>
       </c>
       <c r="I51" t="s">
         <v>255</v>
       </c>
       <c r="J51" t="s">
         <v>256</v>
       </c>
       <c r="K51" t="s">
         <v>255</v>
       </c>