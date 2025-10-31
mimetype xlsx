--- v0 (2025-10-08)
+++ v1 (2025-10-31)
@@ -7656,51 +7656,53 @@
         <v>695</v>
       </c>
       <c r="M69" t="s">
         <v>609</v>
       </c>
       <c r="N69" t="s">
         <v>643</v>
       </c>
       <c r="O69" t="s">
         <v>696</v>
       </c>
       <c r="P69" t="s">
         <v>631</v>
       </c>
       <c r="Q69" t="s">
         <v>621</v>
       </c>
       <c r="R69" t="s">
         <v>697</v>
       </c>
     </row>
     <row r="70" spans="1:18">
       <c r="A70">
         <v>69</v>
       </c>
-      <c r="B70"/>
+      <c r="B70" t="s">
+        <v>18</v>
+      </c>
       <c r="C70" t="s">
         <v>698</v>
       </c>
       <c r="D70" t="s">
         <v>699</v>
       </c>
       <c r="E70" t="s">
         <v>536</v>
       </c>
       <c r="F70" t="s">
         <v>537</v>
       </c>
       <c r="G70" t="s">
         <v>37</v>
       </c>
       <c r="H70">
         <v>8</v>
       </c>
       <c r="I70" t="s">
         <v>700</v>
       </c>
       <c r="J70" t="s">
         <v>416</v>
       </c>
       <c r="K70" t="s">