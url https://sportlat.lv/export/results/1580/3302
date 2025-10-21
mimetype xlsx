--- v0 (2025-10-01)
+++ v1 (2025-10-21)
@@ -9770,51 +9770,53 @@
         <v>692</v>
       </c>
       <c r="M84" t="s">
         <v>775</v>
       </c>
       <c r="N84" t="s">
         <v>784</v>
       </c>
       <c r="O84" t="s">
         <v>793</v>
       </c>
       <c r="P84" t="s">
         <v>794</v>
       </c>
       <c r="Q84" t="s">
         <v>795</v>
       </c>
       <c r="R84" t="s">
         <v>796</v>
       </c>
     </row>
     <row r="85" spans="1:18">
       <c r="A85">
         <v>84</v>
       </c>
-      <c r="B85"/>
+      <c r="B85" t="s">
+        <v>18</v>
+      </c>
       <c r="C85" t="s">
         <v>738</v>
       </c>
       <c r="D85" t="s">
         <v>797</v>
       </c>
       <c r="E85" t="s">
         <v>798</v>
       </c>
       <c r="F85" t="s">
         <v>189</v>
       </c>
       <c r="G85" t="s">
         <v>23</v>
       </c>
       <c r="H85">
         <v>8</v>
       </c>
       <c r="I85" t="s">
         <v>799</v>
       </c>
       <c r="J85" t="s">
         <v>713</v>
       </c>
       <c r="K85" t="s">