--- v1 (2025-10-21)
+++ v2 (2025-12-24)
@@ -13380,51 +13380,53 @@
         <v>1265</v>
       </c>
       <c r="M150" t="s">
         <v>1167</v>
       </c>
       <c r="N150" t="s">
         <v>1322</v>
       </c>
       <c r="O150" t="s">
         <v>1323</v>
       </c>
       <c r="P150" t="s">
         <v>1128</v>
       </c>
       <c r="Q150" t="s">
         <v>1324</v>
       </c>
       <c r="R150" t="s">
         <v>1325</v>
       </c>
     </row>
     <row r="151" spans="1:18">
       <c r="A151">
         <v>150</v>
       </c>
-      <c r="B151"/>
+      <c r="B151" t="s">
+        <v>18</v>
+      </c>
       <c r="C151" t="s">
         <v>801</v>
       </c>
       <c r="D151" t="s">
         <v>1326</v>
       </c>
       <c r="E151"/>
       <c r="F151" t="s">
         <v>516</v>
       </c>
       <c r="G151" t="s">
         <v>23</v>
       </c>
       <c r="H151">
         <v>8</v>
       </c>
       <c r="I151" t="s">
         <v>1327</v>
       </c>
       <c r="J151" t="s">
         <v>1328</v>
       </c>
       <c r="K151" t="s">
         <v>1167</v>
       </c>