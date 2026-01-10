--- v0 (2025-10-10)
+++ v1 (2026-01-10)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Export data" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1442">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1443">
   <si>
     <t>Vieta</t>
   </si>
   <si>
     <t>Valsts</t>
   </si>
   <si>
     <t>Vārds</t>
   </si>
   <si>
     <t>Uzvārds</t>
   </si>
   <si>
     <t>Komanda</t>
   </si>
   <si>
     <t>Pilsēta</t>
   </si>
   <si>
     <t>Grupa</t>
   </si>
   <si>
     <t>Apļi</t>
   </si>
   <si>
@@ -4239,50 +4239,53 @@
     <t>01:13:58.40</t>
   </si>
   <si>
     <t>Marks</t>
   </si>
   <si>
     <t>Šišlovs</t>
   </si>
   <si>
     <t>1:15:09</t>
   </si>
   <si>
     <t>0:12:46</t>
   </si>
   <si>
     <t>0:35:54</t>
   </si>
   <si>
     <t>0:15:24</t>
   </si>
   <si>
     <t>0:39:15</t>
   </si>
   <si>
     <t>01:14:55.99</t>
+  </si>
+  <si>
+    <t>EST</t>
   </si>
   <si>
     <t>Rakšte</t>
   </si>
   <si>
     <t>Maratona klubs</t>
   </si>
   <si>
     <t>1:16:23</t>
   </si>
   <si>
     <t>0:13:11</t>
   </si>
   <si>
     <t>0:37:38</t>
   </si>
   <si>
     <t>0:15:22</t>
   </si>
   <si>
     <t>0:38:45</t>
   </si>
   <si>
     <t>01:16:16.48</t>
   </si>
@@ -13050,242 +13053,242 @@
       </c>
       <c r="I197" t="s">
         <v>1403</v>
       </c>
       <c r="J197" t="s">
         <v>1404</v>
       </c>
       <c r="K197" t="s">
         <v>1405</v>
       </c>
       <c r="L197" t="s">
         <v>1406</v>
       </c>
       <c r="M197" t="s">
         <v>1407</v>
       </c>
       <c r="N197" t="s">
         <v>1408</v>
       </c>
     </row>
     <row r="198" spans="1:14">
       <c r="A198">
         <v>197</v>
       </c>
       <c r="B198" t="s">
-        <v>14</v>
+        <v>1409</v>
       </c>
       <c r="C198" t="s">
         <v>707</v>
       </c>
       <c r="D198" t="s">
-        <v>1409</v>
+        <v>1410</v>
       </c>
       <c r="E198" t="s">
-        <v>1410</v>
+        <v>1411</v>
       </c>
       <c r="F198" t="s">
         <v>29</v>
       </c>
       <c r="G198" t="s">
         <v>356</v>
       </c>
       <c r="H198">
         <v>4</v>
       </c>
       <c r="I198" t="s">
-        <v>1411</v>
+        <v>1412</v>
       </c>
       <c r="J198" t="s">
-        <v>1412</v>
+        <v>1413</v>
       </c>
       <c r="K198" t="s">
-        <v>1413</v>
+        <v>1414</v>
       </c>
       <c r="L198" t="s">
-        <v>1414</v>
+        <v>1415</v>
       </c>
       <c r="M198" t="s">
-        <v>1415</v>
+        <v>1416</v>
       </c>
       <c r="N198" t="s">
-        <v>1416</v>
+        <v>1417</v>
       </c>
     </row>
     <row r="199" spans="1:14">
       <c r="A199">
         <v>198</v>
       </c>
       <c r="B199" t="s">
         <v>14</v>
       </c>
       <c r="C199" t="s">
         <v>476</v>
       </c>
       <c r="D199" t="s">
-        <v>1417</v>
+        <v>1418</v>
       </c>
       <c r="E199" t="s">
-        <v>1418</v>
+        <v>1419</v>
       </c>
       <c r="F199" t="s">
-        <v>1419</v>
+        <v>1420</v>
       </c>
       <c r="G199" t="s">
         <v>520</v>
       </c>
       <c r="H199">
         <v>4</v>
       </c>
       <c r="I199" t="s">
-        <v>1420</v>
+        <v>1421</v>
       </c>
       <c r="J199" t="s">
-        <v>1421</v>
+        <v>1422</v>
       </c>
       <c r="K199" t="s">
-        <v>1422</v>
+        <v>1423</v>
       </c>
       <c r="L199" t="s">
-        <v>1423</v>
+        <v>1424</v>
       </c>
       <c r="M199" t="s">
-        <v>1424</v>
+        <v>1425</v>
       </c>
       <c r="N199" t="s">
-        <v>1425</v>
+        <v>1426</v>
       </c>
     </row>
     <row r="200" spans="1:14">
       <c r="A200">
         <v>199</v>
       </c>
       <c r="B200" t="s">
         <v>14</v>
       </c>
       <c r="C200" t="s">
-        <v>1426</v>
+        <v>1427</v>
       </c>
       <c r="D200" t="s">
-        <v>1427</v>
+        <v>1428</v>
       </c>
       <c r="E200" t="s">
-        <v>1418</v>
+        <v>1419</v>
       </c>
       <c r="F200" t="s">
-        <v>1419</v>
+        <v>1420</v>
       </c>
       <c r="G200" t="s">
         <v>536</v>
       </c>
       <c r="H200">
         <v>4</v>
       </c>
       <c r="I200" t="s">
-        <v>1420</v>
+        <v>1421</v>
       </c>
       <c r="J200" t="s">
-        <v>1428</v>
+        <v>1429</v>
       </c>
       <c r="K200" t="s">
-        <v>1422</v>
+        <v>1423</v>
       </c>
       <c r="L200" t="s">
-        <v>1423</v>
+        <v>1424</v>
       </c>
       <c r="M200" t="s">
-        <v>1429</v>
+        <v>1430</v>
       </c>
       <c r="N200" t="s">
-        <v>1430</v>
+        <v>1431</v>
       </c>
     </row>
     <row r="201" spans="1:14">
       <c r="A201">
         <v>200</v>
       </c>
       <c r="B201" t="s">
         <v>14</v>
       </c>
       <c r="C201" t="s">
         <v>689</v>
       </c>
       <c r="D201" t="s">
-        <v>1431</v>
+        <v>1432</v>
       </c>
       <c r="E201"/>
       <c r="F201" t="s">
         <v>414</v>
       </c>
       <c r="G201" t="s">
         <v>536</v>
       </c>
       <c r="H201">
         <v>4</v>
       </c>
       <c r="I201" t="s">
-        <v>1432</v>
+        <v>1433</v>
       </c>
       <c r="J201" t="s">
-        <v>1433</v>
+        <v>1434</v>
       </c>
       <c r="K201" t="s">
-        <v>1434</v>
+        <v>1435</v>
       </c>
       <c r="L201" t="s">
-        <v>1435</v>
+        <v>1436</v>
       </c>
       <c r="M201" t="s">
-        <v>1436</v>
+        <v>1437</v>
       </c>
       <c r="N201" t="s">
-        <v>1437</v>
+        <v>1438</v>
       </c>
     </row>
     <row r="202" spans="1:14">
       <c r="A202" t="s">
-        <v>1438</v>
+        <v>1439</v>
       </c>
       <c r="B202"/>
       <c r="C202" t="s">
-        <v>1439</v>
+        <v>1440</v>
       </c>
       <c r="D202" t="s">
-        <v>1440</v>
+        <v>1441</v>
       </c>
       <c r="E202"/>
       <c r="F202" t="s">
         <v>414</v>
       </c>
       <c r="G202" t="s">
         <v>51</v>
       </c>
       <c r="H202">
         <v>0</v>
       </c>
       <c r="I202" t="s">
-        <v>1441</v>
+        <v>1442</v>
       </c>
       <c r="J202"/>
       <c r="K202"/>
       <c r="L202"/>
       <c r="M202"/>
       <c r="N202"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">