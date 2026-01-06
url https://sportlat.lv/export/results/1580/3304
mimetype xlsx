--- v0 (2025-10-09)
+++ v1 (2026-01-06)
@@ -5848,51 +5848,53 @@
         <v>216</v>
       </c>
       <c r="G51" t="s">
         <v>16</v>
       </c>
       <c r="H51">
         <v>2</v>
       </c>
       <c r="I51" t="s">
         <v>292</v>
       </c>
       <c r="J51" t="s">
         <v>293</v>
       </c>
       <c r="K51" t="s">
         <v>292</v>
       </c>
       <c r="L51" t="s">
         <v>294</v>
       </c>
     </row>
     <row r="52" spans="1:12">
       <c r="A52">
         <v>51</v>
       </c>
-      <c r="B52"/>
+      <c r="B52" t="s">
+        <v>20</v>
+      </c>
       <c r="C52" t="s">
         <v>295</v>
       </c>
       <c r="D52" t="s">
         <v>296</v>
       </c>
       <c r="E52"/>
       <c r="F52" t="s">
         <v>297</v>
       </c>
       <c r="G52" t="s">
         <v>16</v>
       </c>
       <c r="H52">
         <v>2</v>
       </c>
       <c r="I52" t="s">
         <v>298</v>
       </c>
       <c r="J52" t="s">
         <v>299</v>
       </c>
       <c r="K52" t="s">
         <v>298</v>
       </c>