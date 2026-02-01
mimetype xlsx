--- v0 (2025-10-02)
+++ v1 (2026-02-01)
@@ -2733,51 +2733,53 @@
       </c>
       <c r="E41"/>
       <c r="F41" t="s">
         <v>15</v>
       </c>
       <c r="G41" t="s">
         <v>16</v>
       </c>
       <c r="H41">
         <v>1</v>
       </c>
       <c r="I41" t="s">
         <v>195</v>
       </c>
       <c r="J41" t="s">
         <v>195</v>
       </c>
       <c r="K41" t="s">
         <v>196</v>
       </c>
     </row>
     <row r="42" spans="1:11">
       <c r="A42">
         <v>41</v>
       </c>
-      <c r="B42"/>
+      <c r="B42" t="s">
+        <v>11</v>
+      </c>
       <c r="C42" t="s">
         <v>197</v>
       </c>
       <c r="D42" t="s">
         <v>198</v>
       </c>
       <c r="E42"/>
       <c r="F42" t="s">
         <v>71</v>
       </c>
       <c r="G42" t="s">
         <v>48</v>
       </c>
       <c r="H42">
         <v>1</v>
       </c>
       <c r="I42" t="s">
         <v>199</v>
       </c>
       <c r="J42" t="s">
         <v>199</v>
       </c>
       <c r="K42" t="s">
         <v>200</v>
       </c>
@@ -3821,51 +3823,53 @@
       </c>
       <c r="E75"/>
       <c r="F75" t="s">
         <v>15</v>
       </c>
       <c r="G75" t="s">
         <v>16</v>
       </c>
       <c r="H75">
         <v>1</v>
       </c>
       <c r="I75" t="s">
         <v>318</v>
       </c>
       <c r="J75" t="s">
         <v>318</v>
       </c>
       <c r="K75" t="s">
         <v>321</v>
       </c>
     </row>
     <row r="76" spans="1:11">
       <c r="A76">
         <v>76</v>
       </c>
-      <c r="B76"/>
+      <c r="B76" t="s">
+        <v>11</v>
+      </c>
       <c r="C76" t="s">
         <v>322</v>
       </c>
       <c r="D76" t="s">
         <v>323</v>
       </c>
       <c r="E76"/>
       <c r="F76" t="s">
         <v>71</v>
       </c>
       <c r="G76" t="s">
         <v>28</v>
       </c>
       <c r="H76">
         <v>1</v>
       </c>
       <c r="I76" t="s">
         <v>324</v>
       </c>
       <c r="J76" t="s">
         <v>324</v>
       </c>
       <c r="K76" t="s">
         <v>325</v>
       </c>