--- v0 (2025-10-10)
+++ v1 (2026-01-05)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Export data" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1274">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1275">
   <si>
     <t>Vieta</t>
   </si>
   <si>
     <t>Valsts</t>
   </si>
   <si>
     <t>Vārds</t>
   </si>
   <si>
     <t>Uzvārds</t>
   </si>
   <si>
     <t>Komanda</t>
   </si>
   <si>
     <t>Pilsēta</t>
   </si>
   <si>
     <t>Grupa</t>
   </si>
   <si>
     <t>Apļi</t>
   </si>
   <si>
@@ -3795,50 +3795,53 @@
     <t>1:46:48</t>
   </si>
   <si>
     <t>02:31:22.87</t>
   </si>
   <si>
     <t>Anda</t>
   </si>
   <si>
     <t>Veita</t>
   </si>
   <si>
     <t>Durbes Karaliste</t>
   </si>
   <si>
     <t>2:35:32</t>
   </si>
   <si>
     <t>0:30:40</t>
   </si>
   <si>
     <t>1:47:50</t>
   </si>
   <si>
     <t>02:35:08.29</t>
+  </si>
+  <si>
+    <t>EST</t>
   </si>
   <si>
     <t>Rakšte</t>
   </si>
   <si>
     <t>2:38:16</t>
   </si>
   <si>
     <t>0:30:56</t>
   </si>
   <si>
     <t>1:15:20</t>
   </si>
   <si>
     <t>1:50:25</t>
   </si>
   <si>
     <t>02:38:08.89</t>
   </si>
   <si>
     <t>Marija</t>
   </si>
   <si>
     <t>Telegina</t>
   </si>
@@ -11350,123 +11353,123 @@
       </c>
       <c r="H180">
         <v>4</v>
       </c>
       <c r="I180" t="s">
         <v>1257</v>
       </c>
       <c r="J180" t="s">
         <v>1258</v>
       </c>
       <c r="K180" t="s">
         <v>554</v>
       </c>
       <c r="L180" t="s">
         <v>1259</v>
       </c>
       <c r="M180" t="s">
         <v>1260</v>
       </c>
     </row>
     <row r="181" spans="1:13">
       <c r="A181">
         <v>180</v>
       </c>
       <c r="B181" t="s">
-        <v>13</v>
+        <v>1261</v>
       </c>
       <c r="C181" t="s">
         <v>221</v>
       </c>
       <c r="D181" t="s">
-        <v>1261</v>
+        <v>1262</v>
       </c>
       <c r="E181" t="s">
         <v>493</v>
       </c>
       <c r="F181" t="s">
         <v>17</v>
       </c>
       <c r="G181" t="s">
         <v>118</v>
       </c>
       <c r="H181">
         <v>4</v>
       </c>
       <c r="I181" t="s">
-        <v>1262</v>
+        <v>1263</v>
       </c>
       <c r="J181" t="s">
-        <v>1263</v>
+        <v>1264</v>
       </c>
       <c r="K181" t="s">
-        <v>1264</v>
+        <v>1265</v>
       </c>
       <c r="L181" t="s">
-        <v>1265</v>
+        <v>1266</v>
       </c>
       <c r="M181" t="s">
-        <v>1266</v>
+        <v>1267</v>
       </c>
     </row>
     <row r="182" spans="1:13">
       <c r="A182">
         <v>181</v>
       </c>
       <c r="B182" t="s">
         <v>13</v>
       </c>
       <c r="C182" t="s">
-        <v>1267</v>
+        <v>1268</v>
       </c>
       <c r="D182" t="s">
-        <v>1268</v>
+        <v>1269</v>
       </c>
       <c r="E182"/>
       <c r="F182" t="s">
         <v>48</v>
       </c>
       <c r="G182" t="s">
         <v>118</v>
       </c>
       <c r="H182">
         <v>4</v>
       </c>
       <c r="I182" t="s">
-        <v>1269</v>
+        <v>1270</v>
       </c>
       <c r="J182" t="s">
-        <v>1270</v>
+        <v>1271</v>
       </c>
       <c r="K182" t="s">
-        <v>1271</v>
+        <v>1272</v>
       </c>
       <c r="L182" t="s">
-        <v>1272</v>
+        <v>1273</v>
       </c>
       <c r="M182" t="s">
-        <v>1273</v>
+        <v>1274</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">