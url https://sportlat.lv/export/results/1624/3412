--- v0 (2025-10-13)
+++ v1 (2026-01-22)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Export data" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="685">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="686">
   <si>
     <t>Vieta</t>
   </si>
   <si>
     <t>Valsts</t>
   </si>
   <si>
     <t>Vārds</t>
   </si>
   <si>
     <t>Uzvārds</t>
   </si>
   <si>
     <t>Komanda</t>
   </si>
   <si>
     <t>Pilsēta</t>
   </si>
   <si>
     <t>Grupa</t>
   </si>
   <si>
     <t>Apļi</t>
   </si>
   <si>
@@ -1776,50 +1776,53 @@
     <t>00:35:55</t>
   </si>
   <si>
     <t>Šteins</t>
   </si>
   <si>
     <t>00:36:00</t>
   </si>
   <si>
     <t>00:36:01</t>
   </si>
   <si>
     <t>Savva</t>
   </si>
   <si>
     <t>00:36:04</t>
   </si>
   <si>
     <t>Evelīna</t>
   </si>
   <si>
     <t>Krastiņa</t>
   </si>
   <si>
     <t>00:36:08</t>
+  </si>
+  <si>
+    <t>EST</t>
   </si>
   <si>
     <t>Rakšte</t>
   </si>
   <si>
     <t>00:36:12</t>
   </si>
   <si>
     <t>Teiksma</t>
   </si>
   <si>
     <t>Ģirkale</t>
   </si>
   <si>
     <t>Bauska</t>
   </si>
   <si>
     <t>00:36:44</t>
   </si>
   <si>
     <t>Oto</t>
   </si>
   <si>
     <t>Džudo klubs Saldus/FK Saldus</t>
   </si>
@@ -8899,1222 +8902,1222 @@
       </c>
       <c r="F192" t="s">
         <v>266</v>
       </c>
       <c r="G192" t="s">
         <v>59</v>
       </c>
       <c r="H192">
         <v>1</v>
       </c>
       <c r="I192" t="s">
         <v>587</v>
       </c>
       <c r="J192" t="s">
         <v>587</v>
       </c>
       <c r="K192" t="s">
         <v>587</v>
       </c>
     </row>
     <row r="193" spans="1:11">
       <c r="A193">
         <v>192</v>
       </c>
       <c r="B193" t="s">
-        <v>17</v>
+        <v>588</v>
       </c>
       <c r="C193" t="s">
         <v>347</v>
       </c>
       <c r="D193" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="E193" t="s">
         <v>71</v>
       </c>
       <c r="F193" t="s">
         <v>25</v>
       </c>
       <c r="G193" t="s">
         <v>126</v>
       </c>
       <c r="H193">
         <v>1</v>
       </c>
       <c r="I193" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="J193" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="K193" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
     </row>
     <row r="194" spans="1:11">
       <c r="A194">
         <v>193</v>
       </c>
       <c r="B194"/>
       <c r="C194" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="D194" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="E194"/>
       <c r="F194" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="G194" t="s">
         <v>213</v>
       </c>
       <c r="H194">
         <v>1</v>
       </c>
       <c r="I194" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="J194" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="K194" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
     </row>
     <row r="195" spans="1:11">
       <c r="A195">
         <v>194</v>
       </c>
       <c r="B195" t="s">
         <v>17</v>
       </c>
       <c r="C195" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="D195" t="s">
         <v>207</v>
       </c>
       <c r="E195" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="F195" t="s">
         <v>49</v>
       </c>
       <c r="G195" t="s">
         <v>31</v>
       </c>
       <c r="H195">
         <v>1</v>
       </c>
       <c r="I195" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="J195" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="K195" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
     </row>
     <row r="196" spans="1:11">
       <c r="A196">
         <v>195</v>
       </c>
       <c r="B196" t="s">
         <v>17</v>
       </c>
       <c r="C196" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="D196" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="E196" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="F196" t="s">
         <v>25</v>
       </c>
       <c r="G196" t="s">
         <v>15</v>
       </c>
       <c r="H196">
         <v>1</v>
       </c>
       <c r="I196" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="J196" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="K196" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
     </row>
     <row r="197" spans="1:11">
       <c r="A197">
         <v>196</v>
       </c>
       <c r="B197" t="s">
         <v>17</v>
       </c>
       <c r="C197" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="D197" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="E197"/>
       <c r="F197" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="G197" t="s">
         <v>15</v>
       </c>
       <c r="H197">
         <v>1</v>
       </c>
       <c r="I197" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="J197" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="K197" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
     </row>
     <row r="198" spans="1:11">
       <c r="A198">
         <v>197</v>
       </c>
       <c r="B198"/>
       <c r="C198" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="D198" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="E198" t="s">
         <v>264</v>
       </c>
       <c r="F198" t="s">
         <v>49</v>
       </c>
       <c r="G198" t="s">
         <v>31</v>
       </c>
       <c r="H198">
         <v>1</v>
       </c>
       <c r="I198" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="J198" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="K198" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
     </row>
     <row r="199" spans="1:11">
       <c r="A199">
         <v>199</v>
       </c>
       <c r="B199" t="s">
         <v>17</v>
       </c>
       <c r="C199" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="D199" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="E199" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="F199" t="s">
         <v>40</v>
       </c>
       <c r="G199" t="s">
         <v>31</v>
       </c>
       <c r="H199">
         <v>1</v>
       </c>
       <c r="I199" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="J199" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="K199" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
     </row>
     <row r="200" spans="1:11">
       <c r="A200">
         <v>198</v>
       </c>
       <c r="B200" t="s">
         <v>17</v>
       </c>
       <c r="C200" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="D200" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="E200" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="F200" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="G200" t="s">
         <v>126</v>
       </c>
       <c r="H200">
         <v>1</v>
       </c>
       <c r="I200" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="J200" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="K200" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
     </row>
     <row r="201" spans="1:11">
       <c r="A201">
         <v>200</v>
       </c>
       <c r="B201" t="s">
         <v>17</v>
       </c>
       <c r="C201" t="s">
         <v>242</v>
       </c>
       <c r="D201" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="E201" t="s">
         <v>264</v>
       </c>
       <c r="F201" t="s">
         <v>49</v>
       </c>
       <c r="G201" t="s">
         <v>31</v>
       </c>
       <c r="H201">
         <v>1</v>
       </c>
       <c r="I201" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="J201" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="K201" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
     </row>
     <row r="202" spans="1:11">
       <c r="A202">
         <v>201</v>
       </c>
       <c r="B202" t="s">
         <v>17</v>
       </c>
       <c r="C202" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="D202" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="E202" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="F202" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="G202" t="s">
         <v>102</v>
       </c>
       <c r="H202">
         <v>1</v>
       </c>
       <c r="I202" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="J202" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="K202" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
     </row>
     <row r="203" spans="1:11">
       <c r="A203">
         <v>202</v>
       </c>
       <c r="B203" t="s">
         <v>17</v>
       </c>
       <c r="C203" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="D203" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="E203" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="F203" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="G203" t="s">
         <v>213</v>
       </c>
       <c r="H203">
         <v>1</v>
       </c>
       <c r="I203" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="J203" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="K203" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
     </row>
     <row r="204" spans="1:11">
       <c r="A204">
         <v>203</v>
       </c>
       <c r="B204" t="s">
         <v>17</v>
       </c>
       <c r="C204" t="s">
         <v>180</v>
       </c>
       <c r="D204" t="s">
         <v>573</v>
       </c>
       <c r="E204" t="s">
         <v>574</v>
       </c>
       <c r="F204" t="s">
         <v>208</v>
       </c>
       <c r="G204" t="s">
         <v>213</v>
       </c>
       <c r="H204">
         <v>1</v>
       </c>
       <c r="I204" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="J204" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="K204" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
     </row>
     <row r="205" spans="1:11">
       <c r="A205">
         <v>204</v>
       </c>
       <c r="B205"/>
       <c r="C205" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="D205" t="s">
         <v>501</v>
       </c>
       <c r="E205"/>
       <c r="F205" t="s">
         <v>49</v>
       </c>
       <c r="G205" t="s">
         <v>126</v>
       </c>
       <c r="H205">
         <v>1</v>
       </c>
       <c r="I205" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="J205" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="K205" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
     </row>
     <row r="206" spans="1:11">
       <c r="A206">
         <v>205</v>
       </c>
       <c r="B206" t="s">
         <v>17</v>
       </c>
       <c r="C206" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="D206" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="E206" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="F206" t="s">
         <v>443</v>
       </c>
       <c r="G206" t="s">
         <v>102</v>
       </c>
       <c r="H206">
         <v>1</v>
       </c>
       <c r="I206" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="J206" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="K206" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
     </row>
     <row r="207" spans="1:11">
       <c r="A207">
         <v>206</v>
       </c>
       <c r="B207"/>
       <c r="C207" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="D207" t="s">
         <v>501</v>
       </c>
       <c r="E207"/>
       <c r="F207" t="s">
         <v>49</v>
       </c>
       <c r="G207" t="s">
         <v>59</v>
       </c>
       <c r="H207">
         <v>1</v>
       </c>
       <c r="I207" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="J207" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="K207" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
     </row>
     <row r="208" spans="1:11">
       <c r="A208">
         <v>207</v>
       </c>
       <c r="B208" t="s">
         <v>17</v>
       </c>
       <c r="C208" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="D208" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="E208" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="F208" t="s">
         <v>143</v>
       </c>
       <c r="G208" t="s">
         <v>126</v>
       </c>
       <c r="H208">
         <v>1</v>
       </c>
       <c r="I208" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="J208" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="K208" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
     </row>
     <row r="209" spans="1:11">
       <c r="A209">
         <v>209</v>
       </c>
       <c r="B209"/>
       <c r="C209" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="D209" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="E209"/>
       <c r="F209" t="s">
         <v>49</v>
       </c>
       <c r="G209" t="s">
         <v>126</v>
       </c>
       <c r="H209">
         <v>1</v>
       </c>
       <c r="I209" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="J209" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="K209" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
     </row>
     <row r="210" spans="1:11">
       <c r="A210">
         <v>208</v>
       </c>
       <c r="B210"/>
       <c r="C210" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="D210" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="E210"/>
       <c r="F210" t="s">
         <v>49</v>
       </c>
       <c r="G210" t="s">
         <v>126</v>
       </c>
       <c r="H210">
         <v>1</v>
       </c>
       <c r="I210" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="J210" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="K210" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
     </row>
     <row r="211" spans="1:11">
       <c r="A211">
         <v>210</v>
       </c>
       <c r="B211"/>
       <c r="C211" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="D211" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="E211"/>
       <c r="F211" t="s">
         <v>390</v>
       </c>
       <c r="G211" t="s">
         <v>41</v>
       </c>
       <c r="H211">
         <v>1</v>
       </c>
       <c r="I211" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="J211" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="K211" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
     </row>
     <row r="212" spans="1:11">
       <c r="A212">
         <v>211</v>
       </c>
       <c r="B212" t="s">
         <v>17</v>
       </c>
       <c r="C212" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="D212" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="E212"/>
       <c r="F212" t="s">
         <v>25</v>
       </c>
       <c r="G212" t="s">
         <v>213</v>
       </c>
       <c r="H212">
         <v>1</v>
       </c>
       <c r="I212" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="J212" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="K212" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
     </row>
     <row r="213" spans="1:11">
       <c r="A213">
         <v>212</v>
       </c>
       <c r="B213" t="s">
         <v>17</v>
       </c>
       <c r="C213" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="D213" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="E213" t="s">
         <v>219</v>
       </c>
       <c r="F213" t="s">
         <v>49</v>
       </c>
       <c r="G213" t="s">
         <v>126</v>
       </c>
       <c r="H213">
         <v>1</v>
       </c>
       <c r="I213" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="J213" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="K213" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
     </row>
     <row r="214" spans="1:11">
       <c r="A214">
         <v>213</v>
       </c>
       <c r="B214" t="s">
         <v>17</v>
       </c>
       <c r="C214" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="D214" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="E214" t="s">
         <v>219</v>
       </c>
       <c r="F214" t="s">
         <v>49</v>
       </c>
       <c r="G214" t="s">
         <v>213</v>
       </c>
       <c r="H214">
         <v>1</v>
       </c>
       <c r="I214" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="J214" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="K214" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
     </row>
     <row r="215" spans="1:11">
       <c r="A215">
         <v>214</v>
       </c>
       <c r="B215" t="s">
         <v>17</v>
       </c>
       <c r="C215" t="s">
         <v>433</v>
       </c>
       <c r="D215" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="E215" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="F215" t="s">
         <v>25</v>
       </c>
       <c r="G215" t="s">
         <v>111</v>
       </c>
       <c r="H215">
         <v>1</v>
       </c>
       <c r="I215" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="J215" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="K215" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
     </row>
     <row r="216" spans="1:11">
       <c r="A216">
         <v>215</v>
       </c>
       <c r="B216"/>
       <c r="C216" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="D216" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="E216" t="s">
         <v>264</v>
       </c>
       <c r="F216" t="s">
         <v>107</v>
       </c>
       <c r="G216" t="s">
         <v>31</v>
       </c>
       <c r="H216">
         <v>1</v>
       </c>
       <c r="I216" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="J216" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="K216" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
     </row>
     <row r="217" spans="1:11">
       <c r="A217">
         <v>216</v>
       </c>
       <c r="B217"/>
       <c r="C217" t="s">
         <v>525</v>
       </c>
       <c r="D217" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="E217" t="s">
         <v>264</v>
       </c>
       <c r="F217" t="s">
         <v>49</v>
       </c>
       <c r="G217" t="s">
         <v>59</v>
       </c>
       <c r="H217">
         <v>1</v>
       </c>
       <c r="I217" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="J217" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="K217" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
     </row>
     <row r="218" spans="1:11">
       <c r="A218">
         <v>217</v>
       </c>
       <c r="B218" t="s">
         <v>17</v>
       </c>
       <c r="C218" t="s">
         <v>398</v>
       </c>
       <c r="D218" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="E218" t="s">
         <v>270</v>
       </c>
       <c r="F218" t="s">
         <v>25</v>
       </c>
       <c r="G218" t="s">
         <v>126</v>
       </c>
       <c r="H218">
         <v>1</v>
       </c>
       <c r="I218" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="J218" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="K218" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
     </row>
     <row r="219" spans="1:11">
       <c r="A219">
         <v>218</v>
       </c>
       <c r="B219" t="s">
         <v>17</v>
       </c>
       <c r="C219" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="D219" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="E219" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="F219" t="s">
         <v>212</v>
       </c>
       <c r="G219" t="s">
         <v>213</v>
       </c>
       <c r="H219">
         <v>1</v>
       </c>
       <c r="I219" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="J219" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="K219" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
     </row>
     <row r="220" spans="1:11">
       <c r="A220">
         <v>219</v>
       </c>
       <c r="B220" t="s">
         <v>17</v>
       </c>
       <c r="C220" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="D220" t="s">
         <v>23</v>
       </c>
       <c r="E220" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="F220" t="s">
         <v>212</v>
       </c>
       <c r="G220" t="s">
         <v>111</v>
       </c>
       <c r="H220">
         <v>1</v>
       </c>
       <c r="I220" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="J220" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="K220" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
     </row>
     <row r="221" spans="1:11">
       <c r="A221">
         <v>220</v>
       </c>
       <c r="B221" t="s">
         <v>17</v>
       </c>
       <c r="C221" t="s">
         <v>530</v>
       </c>
       <c r="D221" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="E221" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="F221" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="G221" t="s">
         <v>213</v>
       </c>
       <c r="H221">
         <v>1</v>
       </c>
       <c r="I221" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="J221" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="K221" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
     </row>
     <row r="222" spans="1:11">
       <c r="A222">
         <v>221</v>
       </c>
       <c r="B222" t="s">
         <v>17</v>
       </c>
       <c r="C222" t="s">
         <v>473</v>
       </c>
       <c r="D222" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="E222"/>
       <c r="F222" t="s">
         <v>25</v>
       </c>
       <c r="G222" t="s">
         <v>111</v>
       </c>
       <c r="H222">
         <v>1</v>
       </c>
       <c r="I222" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="J222" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="K222" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
     </row>
     <row r="223" spans="1:11">
       <c r="A223">
         <v>222</v>
       </c>
       <c r="B223" t="s">
         <v>17</v>
       </c>
       <c r="C223" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="D223" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="E223"/>
       <c r="F223" t="s">
         <v>25</v>
       </c>
       <c r="G223" t="s">
         <v>111</v>
       </c>
       <c r="H223">
         <v>1</v>
       </c>
       <c r="I223" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="J223" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="K223" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
     </row>
     <row r="224" spans="1:11">
       <c r="A224">
         <v>223</v>
       </c>
       <c r="B224"/>
       <c r="C224" t="s">
         <v>259</v>
       </c>
       <c r="D224" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="E224" t="s">
         <v>264</v>
       </c>
       <c r="F224" t="s">
         <v>49</v>
       </c>
       <c r="G224" t="s">
         <v>31</v>
       </c>
       <c r="H224">
         <v>1</v>
       </c>
       <c r="I224" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="J224" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="K224" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
     </row>
     <row r="225" spans="1:11">
       <c r="A225">
         <v>224</v>
       </c>
       <c r="B225"/>
       <c r="C225" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="D225" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="E225" t="s">
         <v>264</v>
       </c>
       <c r="F225" t="s">
         <v>49</v>
       </c>
       <c r="G225" t="s">
         <v>31</v>
       </c>
       <c r="H225">
         <v>1</v>
       </c>
       <c r="I225" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="J225" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="K225" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
     </row>
     <row r="226" spans="1:11">
       <c r="A226">
         <v>225</v>
       </c>
       <c r="B226"/>
       <c r="C226" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="D226" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="E226"/>
       <c r="F226" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="G226" t="s">
         <v>126</v>
       </c>
       <c r="H226">
         <v>1</v>
       </c>
       <c r="I226" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="J226" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="K226" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
     </row>
     <row r="227" spans="1:11">
       <c r="A227">
         <v>226</v>
       </c>
       <c r="B227" t="s">
         <v>17</v>
       </c>
       <c r="C227" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="D227" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="E227" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="F227" t="s">
         <v>49</v>
       </c>
       <c r="G227" t="s">
         <v>213</v>
       </c>
       <c r="H227">
         <v>1</v>
       </c>
       <c r="I227" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="J227" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="K227" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">