--- v0 (2025-10-04)
+++ v1 (2026-03-09)
@@ -1787,51 +1787,53 @@
       </c>
       <c r="E9"/>
       <c r="F9" t="s">
         <v>55</v>
       </c>
       <c r="G9" t="s">
         <v>15</v>
       </c>
       <c r="H9">
         <v>1</v>
       </c>
       <c r="I9" t="s">
         <v>56</v>
       </c>
       <c r="J9" t="s">
         <v>57</v>
       </c>
       <c r="K9" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="10" spans="1:11">
       <c r="A10">
         <v>9</v>
       </c>
-      <c r="B10"/>
+      <c r="B10" t="s">
+        <v>29</v>
+      </c>
       <c r="C10" t="s">
         <v>58</v>
       </c>
       <c r="D10" t="s">
         <v>59</v>
       </c>
       <c r="E10"/>
       <c r="F10" t="s">
         <v>60</v>
       </c>
       <c r="G10" t="s">
         <v>15</v>
       </c>
       <c r="H10">
         <v>1</v>
       </c>
       <c r="I10" t="s">
         <v>61</v>
       </c>
       <c r="J10" t="s">
         <v>62</v>
       </c>
       <c r="K10" t="s">
         <v>61</v>
       </c>
@@ -3413,51 +3415,53 @@
         <v>271</v>
       </c>
       <c r="F59" t="s">
         <v>38</v>
       </c>
       <c r="G59" t="s">
         <v>79</v>
       </c>
       <c r="H59">
         <v>1</v>
       </c>
       <c r="I59" t="s">
         <v>272</v>
       </c>
       <c r="J59" t="s">
         <v>273</v>
       </c>
       <c r="K59" t="s">
         <v>272</v>
       </c>
     </row>
     <row r="60" spans="1:11">
       <c r="A60">
         <v>59</v>
       </c>
-      <c r="B60"/>
+      <c r="B60" t="s">
+        <v>29</v>
+      </c>
       <c r="C60" t="s">
         <v>274</v>
       </c>
       <c r="D60" t="s">
         <v>275</v>
       </c>
       <c r="E60" t="s">
         <v>276</v>
       </c>
       <c r="F60" t="s">
         <v>60</v>
       </c>
       <c r="G60" t="s">
         <v>92</v>
       </c>
       <c r="H60">
         <v>1</v>
       </c>
       <c r="I60" t="s">
         <v>277</v>
       </c>
       <c r="J60" t="s">
         <v>278</v>
       </c>
       <c r="K60" t="s">
@@ -3640,51 +3644,53 @@
       </c>
       <c r="E66"/>
       <c r="F66" t="s">
         <v>60</v>
       </c>
       <c r="G66" t="s">
         <v>79</v>
       </c>
       <c r="H66">
         <v>1</v>
       </c>
       <c r="I66" t="s">
         <v>302</v>
       </c>
       <c r="J66" t="s">
         <v>303</v>
       </c>
       <c r="K66" t="s">
         <v>302</v>
       </c>
     </row>
     <row r="67" spans="1:11">
       <c r="A67">
         <v>66</v>
       </c>
-      <c r="B67"/>
+      <c r="B67" t="s">
+        <v>29</v>
+      </c>
       <c r="C67" t="s">
         <v>30</v>
       </c>
       <c r="D67" t="s">
         <v>275</v>
       </c>
       <c r="E67" t="s">
         <v>276</v>
       </c>
       <c r="F67" t="s">
         <v>60</v>
       </c>
       <c r="G67" t="s">
         <v>92</v>
       </c>
       <c r="H67">
         <v>1</v>
       </c>
       <c r="I67" t="s">
         <v>304</v>
       </c>
       <c r="J67" t="s">
         <v>305</v>
       </c>
       <c r="K67" t="s">