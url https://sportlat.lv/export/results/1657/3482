--- v0 (2025-10-15)
+++ v1 (2026-02-26)
@@ -7091,51 +7091,53 @@
       </c>
       <c r="E98"/>
       <c r="F98" t="s">
         <v>32</v>
       </c>
       <c r="G98" t="s">
         <v>51</v>
       </c>
       <c r="H98">
         <v>1</v>
       </c>
       <c r="I98" t="s">
         <v>398</v>
       </c>
       <c r="J98" t="s">
         <v>398</v>
       </c>
       <c r="K98" t="s">
         <v>399</v>
       </c>
     </row>
     <row r="99" spans="1:11">
       <c r="A99">
         <v>98</v>
       </c>
-      <c r="B99"/>
+      <c r="B99" t="s">
+        <v>11</v>
+      </c>
       <c r="C99" t="s">
         <v>400</v>
       </c>
       <c r="D99" t="s">
         <v>401</v>
       </c>
       <c r="E99"/>
       <c r="F99" t="s">
         <v>32</v>
       </c>
       <c r="G99" t="s">
         <v>51</v>
       </c>
       <c r="H99">
         <v>1</v>
       </c>
       <c r="I99" t="s">
         <v>398</v>
       </c>
       <c r="J99" t="s">
         <v>398</v>
       </c>
       <c r="K99" t="s">
         <v>402</v>
       </c>