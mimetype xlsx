--- v0 (2025-10-09)
+++ v1 (2026-02-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Export data" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1132">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1133">
   <si>
     <t>Vieta</t>
   </si>
   <si>
     <t>Valsts</t>
   </si>
   <si>
     <t>Vārds</t>
   </si>
   <si>
     <t>Uzvārds</t>
   </si>
   <si>
     <t>Komanda</t>
   </si>
   <si>
     <t>Pilsēta</t>
   </si>
   <si>
     <t>Grupa</t>
   </si>
   <si>
     <t>Apļi</t>
   </si>
   <si>
@@ -3342,50 +3342,53 @@
     <t>0:38:37</t>
   </si>
   <si>
     <t>0:36:04</t>
   </si>
   <si>
     <t>01:14:39.41</t>
   </si>
   <si>
     <t>Aigars</t>
   </si>
   <si>
     <t>Kleins</t>
   </si>
   <si>
     <t>1:15:04</t>
   </si>
   <si>
     <t>0:35:57</t>
   </si>
   <si>
     <t>0:39:08</t>
   </si>
   <si>
     <t>01:15:03.89</t>
+  </si>
+  <si>
+    <t>EST</t>
   </si>
   <si>
     <t>Līga</t>
   </si>
   <si>
     <t>Rakšte</t>
   </si>
   <si>
     <t>Maratona klubs</t>
   </si>
   <si>
     <t>1:16:27</t>
   </si>
   <si>
     <t>0:37:07</t>
   </si>
   <si>
     <t>0:39:21</t>
   </si>
   <si>
     <t>01:16:26.11</t>
   </si>
   <si>
     <t>Safutins</t>
   </si>
@@ -10642,187 +10645,187 @@
       </c>
       <c r="G189" t="s">
         <v>24</v>
       </c>
       <c r="H189">
         <v>4</v>
       </c>
       <c r="I189" t="s">
         <v>1106</v>
       </c>
       <c r="J189" t="s">
         <v>1107</v>
       </c>
       <c r="K189" t="s">
         <v>1108</v>
       </c>
       <c r="L189" t="s">
         <v>1109</v>
       </c>
     </row>
     <row r="190" spans="1:12">
       <c r="A190">
         <v>189</v>
       </c>
       <c r="B190" t="s">
-        <v>12</v>
+        <v>1110</v>
       </c>
       <c r="C190" t="s">
-        <v>1110</v>
+        <v>1111</v>
       </c>
       <c r="D190" t="s">
-        <v>1111</v>
+        <v>1112</v>
       </c>
       <c r="E190" t="s">
-        <v>1112</v>
+        <v>1113</v>
       </c>
       <c r="F190" t="s">
         <v>32</v>
       </c>
       <c r="G190" t="s">
         <v>91</v>
       </c>
       <c r="H190">
         <v>4</v>
       </c>
       <c r="I190" t="s">
-        <v>1113</v>
+        <v>1114</v>
       </c>
       <c r="J190" t="s">
-        <v>1114</v>
+        <v>1115</v>
       </c>
       <c r="K190" t="s">
-        <v>1115</v>
+        <v>1116</v>
       </c>
       <c r="L190" t="s">
-        <v>1116</v>
+        <v>1117</v>
       </c>
     </row>
     <row r="191" spans="1:12">
       <c r="A191">
         <v>190</v>
       </c>
       <c r="B191" t="s">
         <v>12</v>
       </c>
       <c r="C191" t="s">
         <v>779</v>
       </c>
       <c r="D191" t="s">
-        <v>1117</v>
+        <v>1118</v>
       </c>
       <c r="E191" t="s">
         <v>120</v>
       </c>
       <c r="F191" t="s">
         <v>32</v>
       </c>
       <c r="G191" t="s">
         <v>582</v>
       </c>
       <c r="H191">
         <v>4</v>
       </c>
       <c r="I191" t="s">
-        <v>1118</v>
+        <v>1119</v>
       </c>
       <c r="J191" t="s">
-        <v>1119</v>
+        <v>1120</v>
       </c>
       <c r="K191" t="s">
-        <v>1120</v>
+        <v>1121</v>
       </c>
       <c r="L191" t="s">
-        <v>1121</v>
+        <v>1122</v>
       </c>
     </row>
     <row r="192" spans="1:12">
       <c r="A192">
         <v>191</v>
       </c>
       <c r="B192" t="s">
         <v>12</v>
       </c>
       <c r="C192" t="s">
         <v>756</v>
       </c>
       <c r="D192" t="s">
-        <v>1122</v>
+        <v>1123</v>
       </c>
       <c r="E192" t="s">
-        <v>1123</v>
+        <v>1124</v>
       </c>
       <c r="F192" t="s">
-        <v>1124</v>
+        <v>1125</v>
       </c>
       <c r="G192" t="s">
         <v>91</v>
       </c>
       <c r="H192">
         <v>4</v>
       </c>
       <c r="I192" t="s">
-        <v>1125</v>
+        <v>1126</v>
       </c>
       <c r="J192" t="s">
         <v>399</v>
       </c>
       <c r="K192" t="s">
-        <v>1126</v>
+        <v>1127</v>
       </c>
       <c r="L192" t="s">
-        <v>1127</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="193" spans="1:12">
       <c r="A193" t="s">
-        <v>1128</v>
+        <v>1129</v>
       </c>
       <c r="B193"/>
       <c r="C193" t="s">
         <v>305</v>
       </c>
       <c r="D193" t="s">
         <v>205</v>
       </c>
       <c r="E193" t="s">
         <v>206</v>
       </c>
       <c r="F193" t="s">
-        <v>1129</v>
+        <v>1130</v>
       </c>
       <c r="G193" t="s">
         <v>24</v>
       </c>
       <c r="H193">
         <v>2</v>
       </c>
       <c r="I193" t="s">
-        <v>1130</v>
+        <v>1131</v>
       </c>
       <c r="J193" t="s">
-        <v>1131</v>
+        <v>1132</v>
       </c>
       <c r="K193"/>
       <c r="L193"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>