--- v0 (2025-10-16)
+++ v1 (2026-01-12)
@@ -5154,51 +5154,53 @@
       </c>
       <c r="E58"/>
       <c r="F58" t="s">
         <v>51</v>
       </c>
       <c r="G58" t="s">
         <v>92</v>
       </c>
       <c r="H58">
         <v>2</v>
       </c>
       <c r="I58" t="s">
         <v>275</v>
       </c>
       <c r="J58" t="s">
         <v>275</v>
       </c>
       <c r="K58" t="s">
         <v>276</v>
       </c>
     </row>
     <row r="59" spans="1:11">
       <c r="A59">
         <v>58</v>
       </c>
-      <c r="B59"/>
+      <c r="B59" t="s">
+        <v>11</v>
+      </c>
       <c r="C59" t="s">
         <v>277</v>
       </c>
       <c r="D59" t="s">
         <v>278</v>
       </c>
       <c r="E59"/>
       <c r="F59" t="s">
         <v>279</v>
       </c>
       <c r="G59" t="s">
         <v>16</v>
       </c>
       <c r="H59">
         <v>2</v>
       </c>
       <c r="I59" t="s">
         <v>280</v>
       </c>
       <c r="J59" t="s">
         <v>280</v>
       </c>
       <c r="K59" t="s">
         <v>281</v>
       </c>