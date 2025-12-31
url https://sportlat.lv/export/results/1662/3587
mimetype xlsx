--- v0 (2025-10-15)
+++ v1 (2025-12-31)
@@ -14694,51 +14694,53 @@
         <v>32</v>
       </c>
       <c r="F282" t="s">
         <v>33</v>
       </c>
       <c r="G282" t="s">
         <v>16</v>
       </c>
       <c r="H282">
         <v>1</v>
       </c>
       <c r="I282" t="s">
         <v>831</v>
       </c>
       <c r="J282" t="s">
         <v>831</v>
       </c>
       <c r="K282" t="s">
         <v>831</v>
       </c>
     </row>
     <row r="283" spans="1:11">
       <c r="A283">
         <v>282</v>
       </c>
-      <c r="B283"/>
+      <c r="B283" t="s">
+        <v>11</v>
+      </c>
       <c r="C283" t="s">
         <v>340</v>
       </c>
       <c r="D283" t="s">
         <v>832</v>
       </c>
       <c r="E283"/>
       <c r="F283" t="s">
         <v>833</v>
       </c>
       <c r="G283" t="s">
         <v>16</v>
       </c>
       <c r="H283">
         <v>1</v>
       </c>
       <c r="I283" t="s">
         <v>831</v>
       </c>
       <c r="J283" t="s">
         <v>831</v>
       </c>
       <c r="K283" t="s">
         <v>831</v>
       </c>