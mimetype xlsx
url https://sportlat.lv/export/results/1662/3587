--- v1 (2025-12-31)
+++ v2 (2026-01-23)
@@ -19104,51 +19104,51 @@
       <c r="E415"/>
       <c r="F415" t="s">
         <v>487</v>
       </c>
       <c r="G415" t="s">
         <v>91</v>
       </c>
       <c r="H415">
         <v>1</v>
       </c>
       <c r="I415" t="s">
         <v>1155</v>
       </c>
       <c r="J415" t="s">
         <v>1155</v>
       </c>
       <c r="K415" t="s">
         <v>1155</v>
       </c>
     </row>
     <row r="416" spans="1:11">
       <c r="A416">
         <v>415</v>
       </c>
       <c r="B416" t="s">
-        <v>11</v>
+        <v>688</v>
       </c>
       <c r="C416" t="s">
         <v>194</v>
       </c>
       <c r="D416" t="s">
         <v>1156</v>
       </c>
       <c r="E416" t="s">
         <v>244</v>
       </c>
       <c r="F416" t="s">
         <v>21</v>
       </c>
       <c r="G416" t="s">
         <v>91</v>
       </c>
       <c r="H416">
         <v>1</v>
       </c>
       <c r="I416" t="s">
         <v>1157</v>
       </c>
       <c r="J416" t="s">
         <v>1157</v>
       </c>