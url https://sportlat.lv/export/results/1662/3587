--- v2 (2026-01-23)
+++ v3 (2026-03-14)
@@ -22663,51 +22663,53 @@
       </c>
       <c r="E523"/>
       <c r="F523" t="s">
         <v>15</v>
       </c>
       <c r="G523" t="s">
         <v>91</v>
       </c>
       <c r="H523">
         <v>1</v>
       </c>
       <c r="I523" t="s">
         <v>1398</v>
       </c>
       <c r="J523" t="s">
         <v>1398</v>
       </c>
       <c r="K523" t="s">
         <v>1398</v>
       </c>
     </row>
     <row r="524" spans="1:11">
       <c r="A524">
         <v>523</v>
       </c>
-      <c r="B524"/>
+      <c r="B524" t="s">
+        <v>11</v>
+      </c>
       <c r="C524" t="s">
         <v>1399</v>
       </c>
       <c r="D524" t="s">
         <v>1400</v>
       </c>
       <c r="E524"/>
       <c r="F524" t="s">
         <v>50</v>
       </c>
       <c r="G524" t="s">
         <v>91</v>
       </c>
       <c r="H524">
         <v>1</v>
       </c>
       <c r="I524" t="s">
         <v>1401</v>
       </c>
       <c r="J524" t="s">
         <v>1401</v>
       </c>
       <c r="K524" t="s">
         <v>1401</v>
       </c>