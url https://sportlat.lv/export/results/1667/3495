--- v0 (2025-10-05)
+++ v1 (2026-01-21)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Export data" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1845">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1846">
   <si>
     <t>Vieta</t>
   </si>
   <si>
     <t>Valsts</t>
   </si>
   <si>
     <t>Vārds</t>
   </si>
   <si>
     <t>Uzvārds</t>
   </si>
   <si>
     <t>Komanda</t>
   </si>
   <si>
     <t>Pilsēta</t>
   </si>
   <si>
     <t>Grupa</t>
   </si>
   <si>
     <t>Apļi</t>
   </si>
   <si>
@@ -4983,50 +4983,53 @@
     <t>00:00:27.60</t>
   </si>
   <si>
     <t>00:35:17.56</t>
   </si>
   <si>
     <t>0:35:26</t>
   </si>
   <si>
     <t>00:00:35.82</t>
   </si>
   <si>
     <t>00:35:25.23</t>
   </si>
   <si>
     <t>Ruģēna</t>
   </si>
   <si>
     <t>0:35:28</t>
   </si>
   <si>
     <t>00:00:36.11</t>
   </si>
   <si>
     <t>00:35:27.83</t>
+  </si>
+  <si>
+    <t>EST</t>
   </si>
   <si>
     <t>Rakšte</t>
   </si>
   <si>
     <t>Maratona klubs</t>
   </si>
   <si>
     <t>0:35:34</t>
   </si>
   <si>
     <t>00:00:25.99</t>
   </si>
   <si>
     <t>00:35:33.14</t>
   </si>
   <si>
     <t>Zdanovskis</t>
   </si>
   <si>
     <t>0:35:39</t>
   </si>
   <si>
     <t>00:00:24.06</t>
   </si>
@@ -17758,1503 +17761,1503 @@
       <c r="E359"/>
       <c r="F359" t="s">
         <v>15</v>
       </c>
       <c r="G359" t="s">
         <v>96</v>
       </c>
       <c r="H359">
         <v>3</v>
       </c>
       <c r="I359" t="s">
         <v>1654</v>
       </c>
       <c r="J359" t="s">
         <v>1655</v>
       </c>
       <c r="K359" t="s">
         <v>1656</v>
       </c>
     </row>
     <row r="360" spans="1:11">
       <c r="A360">
         <v>359</v>
       </c>
       <c r="B360" t="s">
-        <v>11</v>
+        <v>1657</v>
       </c>
       <c r="C360" t="s">
         <v>464</v>
       </c>
       <c r="D360" t="s">
-        <v>1657</v>
+        <v>1658</v>
       </c>
       <c r="E360" t="s">
-        <v>1658</v>
+        <v>1659</v>
       </c>
       <c r="F360" t="s">
         <v>15</v>
       </c>
       <c r="G360" t="s">
         <v>96</v>
       </c>
       <c r="H360">
         <v>3</v>
       </c>
       <c r="I360" t="s">
-        <v>1659</v>
+        <v>1660</v>
       </c>
       <c r="J360" t="s">
-        <v>1660</v>
+        <v>1661</v>
       </c>
       <c r="K360" t="s">
-        <v>1661</v>
+        <v>1662</v>
       </c>
     </row>
     <row r="361" spans="1:11">
       <c r="A361">
         <v>360</v>
       </c>
       <c r="B361" t="s">
         <v>11</v>
       </c>
       <c r="C361" t="s">
         <v>749</v>
       </c>
       <c r="D361" t="s">
-        <v>1662</v>
+        <v>1663</v>
       </c>
       <c r="E361"/>
       <c r="F361" t="s">
         <v>319</v>
       </c>
       <c r="G361" t="s">
         <v>23</v>
       </c>
       <c r="H361">
         <v>3</v>
       </c>
       <c r="I361" t="s">
-        <v>1663</v>
+        <v>1664</v>
       </c>
       <c r="J361" t="s">
-        <v>1664</v>
+        <v>1665</v>
       </c>
       <c r="K361" t="s">
-        <v>1665</v>
+        <v>1666</v>
       </c>
     </row>
     <row r="362" spans="1:11">
       <c r="A362">
         <v>361</v>
       </c>
       <c r="B362" t="s">
         <v>11</v>
       </c>
       <c r="C362" t="s">
         <v>610</v>
       </c>
       <c r="D362" t="s">
-        <v>1666</v>
+        <v>1667</v>
       </c>
       <c r="E362" t="s">
-        <v>1667</v>
+        <v>1668</v>
       </c>
       <c r="F362" t="s">
         <v>75</v>
       </c>
       <c r="G362" t="s">
         <v>96</v>
       </c>
       <c r="H362">
         <v>3</v>
       </c>
       <c r="I362" t="s">
-        <v>1668</v>
+        <v>1669</v>
       </c>
       <c r="J362" t="s">
-        <v>1669</v>
+        <v>1670</v>
       </c>
       <c r="K362" t="s">
-        <v>1670</v>
+        <v>1671</v>
       </c>
     </row>
     <row r="363" spans="1:11">
       <c r="A363">
         <v>362</v>
       </c>
       <c r="B363"/>
       <c r="C363" t="s">
-        <v>1671</v>
+        <v>1672</v>
       </c>
       <c r="D363" t="s">
-        <v>1672</v>
+        <v>1673</v>
       </c>
       <c r="E363"/>
       <c r="F363" t="s">
         <v>15</v>
       </c>
       <c r="G363" t="s">
         <v>96</v>
       </c>
       <c r="H363">
         <v>3</v>
       </c>
       <c r="I363" t="s">
-        <v>1673</v>
+        <v>1674</v>
       </c>
       <c r="J363" t="s">
-        <v>1674</v>
+        <v>1675</v>
       </c>
       <c r="K363" t="s">
-        <v>1675</v>
+        <v>1676</v>
       </c>
     </row>
     <row r="364" spans="1:11">
       <c r="A364">
         <v>363</v>
       </c>
       <c r="B364"/>
       <c r="C364" t="s">
-        <v>1676</v>
+        <v>1677</v>
       </c>
       <c r="D364" t="s">
-        <v>1677</v>
+        <v>1678</v>
       </c>
       <c r="E364"/>
       <c r="F364" t="s">
-        <v>1678</v>
+        <v>1679</v>
       </c>
       <c r="G364" t="s">
         <v>96</v>
       </c>
       <c r="H364">
         <v>3</v>
       </c>
       <c r="I364" t="s">
-        <v>1679</v>
+        <v>1680</v>
       </c>
       <c r="J364" t="s">
-        <v>1680</v>
+        <v>1681</v>
       </c>
       <c r="K364" t="s">
-        <v>1681</v>
+        <v>1682</v>
       </c>
     </row>
     <row r="365" spans="1:11">
       <c r="A365">
         <v>364</v>
       </c>
       <c r="B365" t="s">
         <v>11</v>
       </c>
       <c r="C365" t="s">
         <v>164</v>
       </c>
       <c r="D365" t="s">
         <v>810</v>
       </c>
       <c r="E365"/>
       <c r="F365" t="s">
         <v>528</v>
       </c>
       <c r="G365" t="s">
         <v>23</v>
       </c>
       <c r="H365">
         <v>3</v>
       </c>
       <c r="I365" t="s">
-        <v>1682</v>
+        <v>1683</v>
       </c>
       <c r="J365" t="s">
-        <v>1683</v>
+        <v>1684</v>
       </c>
       <c r="K365" t="s">
-        <v>1684</v>
+        <v>1685</v>
       </c>
     </row>
     <row r="366" spans="1:11">
       <c r="A366">
         <v>365</v>
       </c>
       <c r="B366"/>
       <c r="C366" t="s">
-        <v>1685</v>
+        <v>1686</v>
       </c>
       <c r="D366" t="s">
-        <v>1686</v>
+        <v>1687</v>
       </c>
       <c r="E366"/>
       <c r="F366" t="s">
         <v>251</v>
       </c>
       <c r="G366" t="s">
         <v>96</v>
       </c>
       <c r="H366">
         <v>3</v>
       </c>
       <c r="I366" t="s">
-        <v>1687</v>
+        <v>1688</v>
       </c>
       <c r="J366" t="s">
-        <v>1688</v>
+        <v>1689</v>
       </c>
       <c r="K366" t="s">
-        <v>1689</v>
+        <v>1690</v>
       </c>
     </row>
     <row r="367" spans="1:11">
       <c r="A367">
         <v>366</v>
       </c>
       <c r="B367" t="s">
         <v>11</v>
       </c>
       <c r="C367" t="s">
-        <v>1690</v>
+        <v>1691</v>
       </c>
       <c r="D367" t="s">
-        <v>1677</v>
+        <v>1678</v>
       </c>
       <c r="E367" t="s">
         <v>88</v>
       </c>
       <c r="F367" t="s">
         <v>75</v>
       </c>
       <c r="G367" t="s">
         <v>96</v>
       </c>
       <c r="H367">
         <v>3</v>
       </c>
       <c r="I367" t="s">
-        <v>1691</v>
+        <v>1692</v>
       </c>
       <c r="J367" t="s">
-        <v>1692</v>
+        <v>1693</v>
       </c>
       <c r="K367" t="s">
-        <v>1693</v>
+        <v>1694</v>
       </c>
     </row>
     <row r="368" spans="1:11">
       <c r="A368">
         <v>367</v>
       </c>
       <c r="B368" t="s">
         <v>11</v>
       </c>
       <c r="C368" t="s">
-        <v>1694</v>
+        <v>1695</v>
       </c>
       <c r="D368" t="s">
-        <v>1695</v>
+        <v>1696</v>
       </c>
       <c r="E368" t="s">
-        <v>1696</v>
+        <v>1697</v>
       </c>
       <c r="F368" t="s">
-        <v>1697</v>
+        <v>1698</v>
       </c>
       <c r="G368" t="s">
         <v>38</v>
       </c>
       <c r="H368">
         <v>3</v>
       </c>
       <c r="I368" t="s">
-        <v>1698</v>
+        <v>1699</v>
       </c>
       <c r="J368" t="s">
-        <v>1699</v>
+        <v>1700</v>
       </c>
       <c r="K368" t="s">
-        <v>1700</v>
+        <v>1701</v>
       </c>
     </row>
     <row r="369" spans="1:11">
       <c r="A369">
         <v>368</v>
       </c>
       <c r="B369"/>
       <c r="C369" t="s">
         <v>507</v>
       </c>
       <c r="D369" t="s">
-        <v>1701</v>
+        <v>1702</v>
       </c>
       <c r="E369"/>
       <c r="F369" t="s">
         <v>75</v>
       </c>
       <c r="G369" t="s">
         <v>16</v>
       </c>
       <c r="H369">
         <v>3</v>
       </c>
       <c r="I369" t="s">
-        <v>1698</v>
+        <v>1699</v>
       </c>
       <c r="J369" t="s">
-        <v>1702</v>
+        <v>1703</v>
       </c>
       <c r="K369" t="s">
-        <v>1703</v>
+        <v>1704</v>
       </c>
     </row>
     <row r="370" spans="1:11">
       <c r="A370">
         <v>369</v>
       </c>
       <c r="B370" t="s">
         <v>11</v>
       </c>
       <c r="C370" t="s">
         <v>454</v>
       </c>
       <c r="D370" t="s">
-        <v>1704</v>
+        <v>1705</v>
       </c>
       <c r="E370" t="s">
-        <v>1705</v>
+        <v>1706</v>
       </c>
       <c r="F370" t="s">
         <v>1161</v>
       </c>
       <c r="G370" t="s">
         <v>96</v>
       </c>
       <c r="H370">
         <v>3</v>
       </c>
       <c r="I370" t="s">
-        <v>1706</v>
+        <v>1707</v>
       </c>
       <c r="J370" t="s">
-        <v>1707</v>
+        <v>1708</v>
       </c>
       <c r="K370" t="s">
-        <v>1708</v>
+        <v>1709</v>
       </c>
     </row>
     <row r="371" spans="1:11">
       <c r="A371">
         <v>370</v>
       </c>
       <c r="B371"/>
       <c r="C371" t="s">
-        <v>1709</v>
+        <v>1710</v>
       </c>
       <c r="D371" t="s">
-        <v>1710</v>
+        <v>1711</v>
       </c>
       <c r="E371" t="s">
-        <v>1696</v>
+        <v>1697</v>
       </c>
       <c r="F371" t="s">
-        <v>1697</v>
+        <v>1698</v>
       </c>
       <c r="G371" t="s">
         <v>96</v>
       </c>
       <c r="H371">
         <v>3</v>
       </c>
       <c r="I371" t="s">
-        <v>1711</v>
+        <v>1712</v>
       </c>
       <c r="J371" t="s">
-        <v>1712</v>
+        <v>1713</v>
       </c>
       <c r="K371" t="s">
-        <v>1713</v>
+        <v>1714</v>
       </c>
     </row>
     <row r="372" spans="1:11">
       <c r="A372">
         <v>371</v>
       </c>
       <c r="B372" t="s">
         <v>11</v>
       </c>
       <c r="C372" t="s">
         <v>1398</v>
       </c>
       <c r="D372" t="s">
-        <v>1714</v>
+        <v>1715</v>
       </c>
       <c r="E372"/>
       <c r="F372" t="s">
         <v>15</v>
       </c>
       <c r="G372" t="s">
         <v>96</v>
       </c>
       <c r="H372">
         <v>3</v>
       </c>
       <c r="I372" t="s">
-        <v>1715</v>
+        <v>1716</v>
       </c>
       <c r="J372" t="s">
-        <v>1716</v>
+        <v>1717</v>
       </c>
       <c r="K372" t="s">
-        <v>1717</v>
+        <v>1718</v>
       </c>
     </row>
     <row r="373" spans="1:11">
       <c r="A373">
         <v>372</v>
       </c>
       <c r="B373"/>
       <c r="C373" t="s">
         <v>1227</v>
       </c>
       <c r="D373" t="s">
-        <v>1718</v>
+        <v>1719</v>
       </c>
       <c r="E373"/>
       <c r="F373" t="s">
         <v>167</v>
       </c>
       <c r="G373" t="s">
         <v>135</v>
       </c>
       <c r="H373">
         <v>3</v>
       </c>
       <c r="I373" t="s">
-        <v>1719</v>
+        <v>1720</v>
       </c>
       <c r="J373" t="s">
-        <v>1720</v>
+        <v>1721</v>
       </c>
       <c r="K373" t="s">
-        <v>1721</v>
+        <v>1722</v>
       </c>
     </row>
     <row r="374" spans="1:11">
       <c r="A374">
         <v>373</v>
       </c>
       <c r="B374"/>
       <c r="C374" t="s">
-        <v>1722</v>
+        <v>1723</v>
       </c>
       <c r="D374" t="s">
-        <v>1723</v>
+        <v>1724</v>
       </c>
       <c r="E374"/>
       <c r="F374" t="s">
         <v>45</v>
       </c>
       <c r="G374" t="s">
         <v>135</v>
       </c>
       <c r="H374">
         <v>3</v>
       </c>
       <c r="I374" t="s">
-        <v>1724</v>
+        <v>1725</v>
       </c>
       <c r="J374" t="s">
-        <v>1725</v>
+        <v>1726</v>
       </c>
       <c r="K374" t="s">
-        <v>1726</v>
+        <v>1727</v>
       </c>
     </row>
     <row r="375" spans="1:11">
       <c r="A375">
         <v>374</v>
       </c>
       <c r="B375" t="s">
         <v>11</v>
       </c>
       <c r="C375" t="s">
-        <v>1727</v>
+        <v>1728</v>
       </c>
       <c r="D375" t="s">
-        <v>1728</v>
+        <v>1729</v>
       </c>
       <c r="E375"/>
       <c r="F375" t="s">
         <v>45</v>
       </c>
       <c r="G375" t="s">
         <v>96</v>
       </c>
       <c r="H375">
         <v>3</v>
       </c>
       <c r="I375" t="s">
-        <v>1729</v>
+        <v>1730</v>
       </c>
       <c r="J375" t="s">
-        <v>1730</v>
+        <v>1731</v>
       </c>
       <c r="K375" t="s">
-        <v>1731</v>
+        <v>1732</v>
       </c>
     </row>
     <row r="376" spans="1:11">
       <c r="A376">
         <v>375</v>
       </c>
       <c r="B376" t="s">
         <v>11</v>
       </c>
       <c r="C376" t="s">
         <v>854</v>
       </c>
       <c r="D376" t="s">
-        <v>1732</v>
+        <v>1733</v>
       </c>
       <c r="E376"/>
       <c r="F376" t="s">
         <v>15</v>
       </c>
       <c r="G376" t="s">
         <v>96</v>
       </c>
       <c r="H376">
         <v>3</v>
       </c>
       <c r="I376" t="s">
-        <v>1733</v>
+        <v>1734</v>
       </c>
       <c r="J376" t="s">
-        <v>1734</v>
+        <v>1735</v>
       </c>
       <c r="K376" t="s">
-        <v>1735</v>
+        <v>1736</v>
       </c>
     </row>
     <row r="377" spans="1:11">
       <c r="A377">
         <v>376</v>
       </c>
       <c r="B377" t="s">
         <v>11</v>
       </c>
       <c r="C377" t="s">
         <v>195</v>
       </c>
       <c r="D377" t="s">
-        <v>1736</v>
+        <v>1737</v>
       </c>
       <c r="E377" t="s">
         <v>88</v>
       </c>
       <c r="F377" t="s">
         <v>956</v>
       </c>
       <c r="G377" t="s">
         <v>23</v>
       </c>
       <c r="H377">
         <v>3</v>
       </c>
       <c r="I377" t="s">
-        <v>1737</v>
+        <v>1738</v>
       </c>
       <c r="J377" t="s">
-        <v>1738</v>
+        <v>1739</v>
       </c>
       <c r="K377" t="s">
-        <v>1739</v>
+        <v>1740</v>
       </c>
     </row>
     <row r="378" spans="1:11">
       <c r="A378">
         <v>377</v>
       </c>
       <c r="B378"/>
       <c r="C378" t="s">
         <v>954</v>
       </c>
       <c r="D378" t="s">
-        <v>1740</v>
+        <v>1741</v>
       </c>
       <c r="E378"/>
       <c r="F378" t="s">
         <v>75</v>
       </c>
       <c r="G378" t="s">
         <v>96</v>
       </c>
       <c r="H378">
         <v>3</v>
       </c>
       <c r="I378" t="s">
-        <v>1741</v>
+        <v>1742</v>
       </c>
       <c r="J378" t="s">
-        <v>1742</v>
+        <v>1743</v>
       </c>
       <c r="K378" t="s">
-        <v>1743</v>
+        <v>1744</v>
       </c>
     </row>
     <row r="379" spans="1:11">
       <c r="A379">
         <v>378</v>
       </c>
       <c r="B379" t="s">
         <v>11</v>
       </c>
       <c r="C379" t="s">
-        <v>1744</v>
+        <v>1745</v>
       </c>
       <c r="D379" t="s">
-        <v>1745</v>
+        <v>1746</v>
       </c>
       <c r="E379" t="s">
         <v>88</v>
       </c>
       <c r="F379" t="s">
         <v>278</v>
       </c>
       <c r="G379" t="s">
         <v>96</v>
       </c>
       <c r="H379">
         <v>3</v>
       </c>
       <c r="I379" t="s">
-        <v>1746</v>
+        <v>1747</v>
       </c>
       <c r="J379" t="s">
-        <v>1747</v>
+        <v>1748</v>
       </c>
       <c r="K379" t="s">
-        <v>1748</v>
+        <v>1749</v>
       </c>
     </row>
     <row r="380" spans="1:11">
       <c r="A380">
         <v>379</v>
       </c>
       <c r="B380" t="s">
         <v>11</v>
       </c>
       <c r="C380" t="s">
         <v>696</v>
       </c>
       <c r="D380" t="s">
-        <v>1749</v>
+        <v>1750</v>
       </c>
       <c r="E380" t="s">
         <v>88</v>
       </c>
       <c r="F380" t="s">
         <v>278</v>
       </c>
       <c r="G380" t="s">
         <v>38</v>
       </c>
       <c r="H380">
         <v>3</v>
       </c>
       <c r="I380" t="s">
-        <v>1746</v>
+        <v>1747</v>
       </c>
       <c r="J380" t="s">
-        <v>1750</v>
+        <v>1751</v>
       </c>
       <c r="K380" t="s">
-        <v>1751</v>
+        <v>1752</v>
       </c>
     </row>
     <row r="381" spans="1:11">
       <c r="A381">
         <v>380</v>
       </c>
       <c r="B381" t="s">
         <v>11</v>
       </c>
       <c r="C381" t="s">
         <v>287</v>
       </c>
       <c r="D381" t="s">
-        <v>1749</v>
+        <v>1750</v>
       </c>
       <c r="E381" t="s">
         <v>88</v>
       </c>
       <c r="F381" t="s">
         <v>278</v>
       </c>
       <c r="G381" t="s">
         <v>23</v>
       </c>
       <c r="H381">
         <v>3</v>
       </c>
       <c r="I381" t="s">
-        <v>1746</v>
+        <v>1747</v>
       </c>
       <c r="J381" t="s">
-        <v>1752</v>
+        <v>1753</v>
       </c>
       <c r="K381" t="s">
-        <v>1753</v>
+        <v>1754</v>
       </c>
     </row>
     <row r="382" spans="1:11">
       <c r="A382">
         <v>381</v>
       </c>
       <c r="B382" t="s">
         <v>11</v>
       </c>
       <c r="C382" t="s">
         <v>42</v>
       </c>
       <c r="D382" t="s">
-        <v>1749</v>
+        <v>1750</v>
       </c>
       <c r="E382" t="s">
         <v>88</v>
       </c>
       <c r="F382" t="s">
         <v>278</v>
       </c>
       <c r="G382" t="s">
         <v>38</v>
       </c>
       <c r="H382">
         <v>3</v>
       </c>
       <c r="I382" t="s">
-        <v>1746</v>
+        <v>1747</v>
       </c>
       <c r="J382" t="s">
-        <v>1754</v>
+        <v>1755</v>
       </c>
       <c r="K382" t="s">
-        <v>1755</v>
+        <v>1756</v>
       </c>
     </row>
     <row r="383" spans="1:11">
       <c r="A383">
         <v>382</v>
       </c>
       <c r="B383"/>
       <c r="C383" t="s">
-        <v>1756</v>
+        <v>1757</v>
       </c>
       <c r="D383" t="s">
         <v>230</v>
       </c>
       <c r="E383" t="s">
         <v>166</v>
       </c>
       <c r="F383" t="s">
         <v>167</v>
       </c>
       <c r="G383" t="s">
         <v>38</v>
       </c>
       <c r="H383">
         <v>3</v>
       </c>
       <c r="I383" t="s">
-        <v>1757</v>
+        <v>1758</v>
       </c>
       <c r="J383" t="s">
-        <v>1758</v>
+        <v>1759</v>
       </c>
       <c r="K383" t="s">
-        <v>1759</v>
+        <v>1760</v>
       </c>
     </row>
     <row r="384" spans="1:11">
       <c r="A384">
         <v>383</v>
       </c>
       <c r="B384"/>
       <c r="C384" t="s">
         <v>454</v>
       </c>
       <c r="D384" t="s">
-        <v>1760</v>
+        <v>1761</v>
       </c>
       <c r="E384" t="s">
         <v>166</v>
       </c>
       <c r="F384" t="s">
         <v>167</v>
       </c>
       <c r="G384" t="s">
         <v>96</v>
       </c>
       <c r="H384">
         <v>3</v>
       </c>
       <c r="I384" t="s">
-        <v>1761</v>
+        <v>1762</v>
       </c>
       <c r="J384" t="s">
-        <v>1762</v>
+        <v>1763</v>
       </c>
       <c r="K384" t="s">
-        <v>1763</v>
+        <v>1764</v>
       </c>
     </row>
     <row r="385" spans="1:11">
       <c r="A385">
         <v>384</v>
       </c>
       <c r="B385"/>
       <c r="C385" t="s">
-        <v>1764</v>
+        <v>1765</v>
       </c>
       <c r="D385" t="s">
-        <v>1765</v>
+        <v>1766</v>
       </c>
       <c r="E385"/>
       <c r="F385" t="s">
         <v>121</v>
       </c>
       <c r="G385" t="s">
         <v>38</v>
       </c>
       <c r="H385">
         <v>3</v>
       </c>
       <c r="I385" t="s">
-        <v>1766</v>
+        <v>1767</v>
       </c>
       <c r="J385" t="s">
         <v>1230</v>
       </c>
       <c r="K385" t="s">
-        <v>1767</v>
+        <v>1768</v>
       </c>
     </row>
     <row r="386" spans="1:11">
       <c r="A386">
         <v>385</v>
       </c>
       <c r="B386"/>
       <c r="C386" t="s">
-        <v>1768</v>
+        <v>1769</v>
       </c>
       <c r="D386" t="s">
-        <v>1769</v>
+        <v>1770</v>
       </c>
       <c r="E386" t="s">
-        <v>1770</v>
+        <v>1771</v>
       </c>
       <c r="F386" t="s">
         <v>319</v>
       </c>
       <c r="G386" t="s">
         <v>135</v>
       </c>
       <c r="H386">
         <v>3</v>
       </c>
       <c r="I386" t="s">
-        <v>1771</v>
+        <v>1772</v>
       </c>
       <c r="J386" t="s">
-        <v>1772</v>
+        <v>1773</v>
       </c>
       <c r="K386" t="s">
-        <v>1773</v>
+        <v>1774</v>
       </c>
     </row>
     <row r="387" spans="1:11">
       <c r="A387">
         <v>386</v>
       </c>
       <c r="B387"/>
       <c r="C387" t="s">
         <v>1590</v>
       </c>
       <c r="D387" t="s">
-        <v>1769</v>
+        <v>1770</v>
       </c>
       <c r="E387" t="s">
-        <v>1770</v>
+        <v>1771</v>
       </c>
       <c r="F387" t="s">
         <v>319</v>
       </c>
       <c r="G387" t="s">
         <v>135</v>
       </c>
       <c r="H387">
         <v>3</v>
       </c>
       <c r="I387" t="s">
-        <v>1771</v>
+        <v>1772</v>
       </c>
       <c r="J387" t="s">
-        <v>1774</v>
+        <v>1775</v>
       </c>
       <c r="K387" t="s">
-        <v>1775</v>
+        <v>1776</v>
       </c>
     </row>
     <row r="388" spans="1:11">
       <c r="A388">
         <v>387</v>
       </c>
       <c r="B388"/>
       <c r="C388" t="s">
         <v>682</v>
       </c>
       <c r="D388" t="s">
-        <v>1776</v>
+        <v>1777</v>
       </c>
       <c r="E388" t="s">
-        <v>1777</v>
+        <v>1778</v>
       </c>
       <c r="F388" t="s">
         <v>75</v>
       </c>
       <c r="G388" t="s">
         <v>135</v>
       </c>
       <c r="H388">
         <v>3</v>
       </c>
       <c r="I388" t="s">
-        <v>1778</v>
+        <v>1779</v>
       </c>
       <c r="J388" t="s">
-        <v>1779</v>
+        <v>1780</v>
       </c>
       <c r="K388" t="s">
-        <v>1780</v>
+        <v>1781</v>
       </c>
     </row>
     <row r="389" spans="1:11">
       <c r="A389">
         <v>388</v>
       </c>
       <c r="B389" t="s">
         <v>11</v>
       </c>
       <c r="C389" t="s">
-        <v>1781</v>
+        <v>1782</v>
       </c>
       <c r="D389" t="s">
-        <v>1782</v>
+        <v>1783</v>
       </c>
       <c r="E389"/>
       <c r="F389" t="s">
         <v>75</v>
       </c>
       <c r="G389" t="s">
         <v>96</v>
       </c>
       <c r="H389">
         <v>3</v>
       </c>
       <c r="I389" t="s">
-        <v>1783</v>
+        <v>1784</v>
       </c>
       <c r="J389" t="s">
-        <v>1784</v>
+        <v>1785</v>
       </c>
       <c r="K389" t="s">
-        <v>1785</v>
+        <v>1786</v>
       </c>
     </row>
     <row r="390" spans="1:11">
       <c r="A390">
         <v>389</v>
       </c>
       <c r="B390" t="s">
         <v>11</v>
       </c>
       <c r="C390" t="s">
         <v>1480</v>
       </c>
       <c r="D390" t="s">
         <v>1042</v>
       </c>
       <c r="E390"/>
       <c r="F390" t="s">
         <v>37</v>
       </c>
       <c r="G390" t="s">
         <v>96</v>
       </c>
       <c r="H390">
         <v>3</v>
       </c>
       <c r="I390" t="s">
-        <v>1786</v>
+        <v>1787</v>
       </c>
       <c r="J390" t="s">
-        <v>1787</v>
+        <v>1788</v>
       </c>
       <c r="K390" t="s">
-        <v>1788</v>
+        <v>1789</v>
       </c>
     </row>
     <row r="391" spans="1:11">
       <c r="A391">
         <v>390</v>
       </c>
       <c r="B391"/>
       <c r="C391" t="s">
         <v>303</v>
       </c>
       <c r="D391" t="s">
         <v>260</v>
       </c>
       <c r="E391"/>
       <c r="F391" t="s">
         <v>261</v>
       </c>
       <c r="G391" t="s">
         <v>23</v>
       </c>
       <c r="H391">
         <v>3</v>
       </c>
       <c r="I391" t="s">
-        <v>1789</v>
+        <v>1790</v>
       </c>
       <c r="J391" t="s">
-        <v>1790</v>
+        <v>1791</v>
       </c>
       <c r="K391" t="s">
-        <v>1791</v>
+        <v>1792</v>
       </c>
     </row>
     <row r="392" spans="1:11">
       <c r="A392">
         <v>391</v>
       </c>
       <c r="B392"/>
       <c r="C392" t="s">
-        <v>1792</v>
+        <v>1793</v>
       </c>
       <c r="D392" t="s">
-        <v>1793</v>
+        <v>1794</v>
       </c>
       <c r="E392" t="s">
-        <v>1794</v>
+        <v>1795</v>
       </c>
       <c r="F392" t="s">
         <v>75</v>
       </c>
       <c r="G392" t="s">
         <v>96</v>
       </c>
       <c r="H392">
         <v>3</v>
       </c>
       <c r="I392" t="s">
-        <v>1795</v>
+        <v>1796</v>
       </c>
       <c r="J392" t="s">
-        <v>1796</v>
+        <v>1797</v>
       </c>
       <c r="K392" t="s">
-        <v>1797</v>
+        <v>1798</v>
       </c>
     </row>
     <row r="393" spans="1:11">
       <c r="A393">
         <v>392</v>
       </c>
       <c r="B393"/>
       <c r="C393" t="s">
-        <v>1792</v>
+        <v>1793</v>
       </c>
       <c r="D393" t="s">
-        <v>1793</v>
+        <v>1794</v>
       </c>
       <c r="E393" t="s">
-        <v>1794</v>
+        <v>1795</v>
       </c>
       <c r="F393" t="s">
         <v>75</v>
       </c>
       <c r="G393" t="s">
         <v>96</v>
       </c>
       <c r="H393">
         <v>3</v>
       </c>
       <c r="I393" t="s">
-        <v>1798</v>
+        <v>1799</v>
       </c>
       <c r="J393" t="s">
-        <v>1799</v>
+        <v>1800</v>
       </c>
       <c r="K393" t="s">
-        <v>1800</v>
+        <v>1801</v>
       </c>
     </row>
     <row r="394" spans="1:11">
       <c r="A394">
         <v>393</v>
       </c>
       <c r="B394"/>
       <c r="C394" t="s">
-        <v>1801</v>
+        <v>1802</v>
       </c>
       <c r="D394" t="s">
-        <v>1802</v>
+        <v>1803</v>
       </c>
       <c r="E394"/>
       <c r="F394" t="s">
         <v>602</v>
       </c>
       <c r="G394" t="s">
         <v>135</v>
       </c>
       <c r="H394">
         <v>3</v>
       </c>
       <c r="I394" t="s">
-        <v>1803</v>
+        <v>1804</v>
       </c>
       <c r="J394" t="s">
-        <v>1804</v>
+        <v>1805</v>
       </c>
       <c r="K394" t="s">
-        <v>1805</v>
+        <v>1806</v>
       </c>
     </row>
     <row r="395" spans="1:11">
       <c r="A395">
         <v>394</v>
       </c>
       <c r="B395" t="s">
         <v>11</v>
       </c>
       <c r="C395" t="s">
-        <v>1806</v>
+        <v>1807</v>
       </c>
       <c r="D395" t="s">
         <v>1012</v>
       </c>
       <c r="E395"/>
       <c r="F395" t="s">
         <v>75</v>
       </c>
       <c r="G395" t="s">
         <v>135</v>
       </c>
       <c r="H395">
         <v>3</v>
       </c>
       <c r="I395" t="s">
-        <v>1807</v>
+        <v>1808</v>
       </c>
       <c r="J395" t="s">
-        <v>1808</v>
+        <v>1809</v>
       </c>
       <c r="K395" t="s">
-        <v>1809</v>
+        <v>1810</v>
       </c>
     </row>
     <row r="396" spans="1:11">
       <c r="A396">
         <v>395</v>
       </c>
       <c r="B396" t="s">
         <v>11</v>
       </c>
       <c r="C396" t="s">
         <v>1074</v>
       </c>
       <c r="D396" t="s">
-        <v>1810</v>
+        <v>1811</v>
       </c>
       <c r="E396" t="s">
         <v>414</v>
       </c>
       <c r="F396" t="s">
         <v>75</v>
       </c>
       <c r="G396" t="s">
         <v>135</v>
       </c>
       <c r="H396">
         <v>3</v>
       </c>
       <c r="I396" t="s">
-        <v>1807</v>
+        <v>1808</v>
       </c>
       <c r="J396" t="s">
-        <v>1811</v>
+        <v>1812</v>
       </c>
       <c r="K396" t="s">
-        <v>1812</v>
+        <v>1813</v>
       </c>
     </row>
     <row r="397" spans="1:11">
       <c r="A397">
         <v>396</v>
       </c>
       <c r="B397" t="s">
         <v>11</v>
       </c>
       <c r="C397" t="s">
         <v>881</v>
       </c>
       <c r="D397" t="s">
-        <v>1813</v>
+        <v>1814</v>
       </c>
       <c r="E397" t="s">
-        <v>1814</v>
+        <v>1815</v>
       </c>
       <c r="F397" t="s">
         <v>75</v>
       </c>
       <c r="G397" t="s">
         <v>96</v>
       </c>
       <c r="H397">
         <v>3</v>
       </c>
       <c r="I397" t="s">
-        <v>1815</v>
+        <v>1816</v>
       </c>
       <c r="J397" t="s">
-        <v>1816</v>
+        <v>1817</v>
       </c>
       <c r="K397" t="s">
-        <v>1817</v>
+        <v>1818</v>
       </c>
     </row>
     <row r="398" spans="1:11">
       <c r="A398">
         <v>397</v>
       </c>
       <c r="B398" t="s">
         <v>11</v>
       </c>
       <c r="C398" t="s">
-        <v>1818</v>
+        <v>1819</v>
       </c>
       <c r="D398" t="s">
-        <v>1819</v>
+        <v>1820</v>
       </c>
       <c r="E398"/>
       <c r="F398" t="s">
         <v>75</v>
       </c>
       <c r="G398" t="s">
         <v>96</v>
       </c>
       <c r="H398">
         <v>3</v>
       </c>
       <c r="I398" t="s">
-        <v>1820</v>
+        <v>1821</v>
       </c>
       <c r="J398" t="s">
-        <v>1821</v>
+        <v>1822</v>
       </c>
       <c r="K398" t="s">
-        <v>1822</v>
+        <v>1823</v>
       </c>
     </row>
     <row r="399" spans="1:11">
       <c r="A399">
         <v>398</v>
       </c>
       <c r="B399" t="s">
         <v>11</v>
       </c>
       <c r="C399" t="s">
         <v>899</v>
       </c>
       <c r="D399" t="s">
-        <v>1823</v>
+        <v>1824</v>
       </c>
       <c r="E399" t="s">
-        <v>1824</v>
+        <v>1825</v>
       </c>
       <c r="F399" t="s">
         <v>75</v>
       </c>
       <c r="G399" t="s">
         <v>23</v>
       </c>
       <c r="H399">
         <v>3</v>
       </c>
       <c r="I399" t="s">
-        <v>1825</v>
+        <v>1826</v>
       </c>
       <c r="J399" t="s">
-        <v>1826</v>
+        <v>1827</v>
       </c>
       <c r="K399" t="s">
-        <v>1827</v>
+        <v>1828</v>
       </c>
     </row>
     <row r="400" spans="1:11">
       <c r="A400">
         <v>399</v>
       </c>
       <c r="B400" t="s">
         <v>11</v>
       </c>
       <c r="C400" t="s">
         <v>827</v>
       </c>
       <c r="D400" t="s">
-        <v>1828</v>
+        <v>1829</v>
       </c>
       <c r="E400"/>
       <c r="F400" t="s">
         <v>15</v>
       </c>
       <c r="G400" t="s">
         <v>96</v>
       </c>
       <c r="H400">
         <v>3</v>
       </c>
       <c r="I400" t="s">
-        <v>1829</v>
+        <v>1830</v>
       </c>
       <c r="J400" t="s">
-        <v>1830</v>
+        <v>1831</v>
       </c>
       <c r="K400" t="s">
-        <v>1831</v>
+        <v>1832</v>
       </c>
     </row>
     <row r="401" spans="1:11">
       <c r="A401">
         <v>400</v>
       </c>
       <c r="B401" t="s">
         <v>11</v>
       </c>
       <c r="C401" t="s">
         <v>827</v>
       </c>
       <c r="D401" t="s">
         <v>904</v>
       </c>
       <c r="E401"/>
       <c r="F401" t="s">
         <v>45</v>
       </c>
       <c r="G401" t="s">
         <v>96</v>
       </c>
       <c r="H401">
         <v>3</v>
       </c>
       <c r="I401" t="s">
-        <v>1832</v>
+        <v>1833</v>
       </c>
       <c r="J401" t="s">
-        <v>1833</v>
+        <v>1834</v>
       </c>
       <c r="K401" t="s">
-        <v>1834</v>
+        <v>1835</v>
       </c>
     </row>
     <row r="402" spans="1:11">
       <c r="A402">
         <v>401</v>
       </c>
       <c r="B402" t="s">
         <v>11</v>
       </c>
       <c r="C402" t="s">
         <v>234</v>
       </c>
       <c r="D402" t="s">
-        <v>1835</v>
+        <v>1836</v>
       </c>
       <c r="E402" t="s">
-        <v>1705</v>
+        <v>1706</v>
       </c>
       <c r="F402" t="s">
-        <v>1836</v>
+        <v>1837</v>
       </c>
       <c r="G402" t="s">
         <v>23</v>
       </c>
       <c r="H402">
         <v>3</v>
       </c>
       <c r="I402" t="s">
-        <v>1837</v>
+        <v>1838</v>
       </c>
       <c r="J402" t="s">
-        <v>1838</v>
+        <v>1839</v>
       </c>
       <c r="K402" t="s">
-        <v>1839</v>
+        <v>1840</v>
       </c>
     </row>
     <row r="403" spans="1:11">
       <c r="A403">
         <v>402</v>
       </c>
       <c r="B403"/>
       <c r="C403" t="s">
         <v>827</v>
       </c>
       <c r="D403" t="s">
         <v>1344</v>
       </c>
       <c r="E403" t="s">
-        <v>1840</v>
+        <v>1841</v>
       </c>
       <c r="F403" t="s">
-        <v>1841</v>
+        <v>1842</v>
       </c>
       <c r="G403" t="s">
         <v>96</v>
       </c>
       <c r="H403">
         <v>3</v>
       </c>
       <c r="I403" t="s">
-        <v>1842</v>
+        <v>1843</v>
       </c>
       <c r="J403" t="s">
-        <v>1843</v>
+        <v>1844</v>
       </c>
       <c r="K403" t="s">
-        <v>1844</v>
+        <v>1845</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">