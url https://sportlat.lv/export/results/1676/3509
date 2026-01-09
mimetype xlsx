--- v0 (2025-10-06)
+++ v1 (2026-01-09)
@@ -13997,83 +13997,87 @@
       <c r="E255"/>
       <c r="F255" t="s">
         <v>1241</v>
       </c>
       <c r="G255" t="s">
         <v>17</v>
       </c>
       <c r="H255">
         <v>4</v>
       </c>
       <c r="I255" t="s">
         <v>1242</v>
       </c>
       <c r="J255" t="s">
         <v>1219</v>
       </c>
       <c r="K255"/>
       <c r="L255" t="s">
         <v>1243</v>
       </c>
     </row>
     <row r="256" spans="1:12">
       <c r="A256">
         <v>255</v>
       </c>
-      <c r="B256"/>
+      <c r="B256" t="s">
+        <v>12</v>
+      </c>
       <c r="C256" t="s">
         <v>344</v>
       </c>
       <c r="D256" t="s">
         <v>1244</v>
       </c>
       <c r="E256"/>
       <c r="F256" t="s">
         <v>1245</v>
       </c>
       <c r="G256" t="s">
         <v>17</v>
       </c>
       <c r="H256">
         <v>4</v>
       </c>
       <c r="I256" t="s">
         <v>1246</v>
       </c>
       <c r="J256" t="s">
         <v>1247</v>
       </c>
       <c r="K256"/>
       <c r="L256" t="s">
         <v>1248</v>
       </c>
     </row>
     <row r="257" spans="1:12">
       <c r="A257">
         <v>256</v>
       </c>
-      <c r="B257"/>
+      <c r="B257" t="s">
+        <v>12</v>
+      </c>
       <c r="C257" t="s">
         <v>1249</v>
       </c>
       <c r="D257" t="s">
         <v>1244</v>
       </c>
       <c r="E257"/>
       <c r="F257" t="s">
         <v>1245</v>
       </c>
       <c r="G257" t="s">
         <v>92</v>
       </c>
       <c r="H257">
         <v>4</v>
       </c>
       <c r="I257" t="s">
         <v>1246</v>
       </c>
       <c r="J257" t="s">
         <v>1250</v>
       </c>
       <c r="K257"/>
       <c r="L257" t="s">
         <v>1251</v>