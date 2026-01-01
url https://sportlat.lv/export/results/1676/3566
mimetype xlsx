--- v0 (2025-10-20)
+++ v1 (2026-01-01)
@@ -24576,51 +24576,53 @@
         <v>280</v>
       </c>
       <c r="G412" t="s">
         <v>19</v>
       </c>
       <c r="H412">
         <v>4</v>
       </c>
       <c r="I412" t="s">
         <v>1428</v>
       </c>
       <c r="J412" t="s">
         <v>1428</v>
       </c>
       <c r="K412"/>
       <c r="L412"/>
       <c r="M412"/>
       <c r="N412" t="s">
         <v>1428</v>
       </c>
     </row>
     <row r="413" spans="1:14">
       <c r="A413">
         <v>412</v>
       </c>
-      <c r="B413"/>
+      <c r="B413" t="s">
+        <v>14</v>
+      </c>
       <c r="C413" t="s">
         <v>568</v>
       </c>
       <c r="D413" t="s">
         <v>1659</v>
       </c>
       <c r="E413"/>
       <c r="F413" t="s">
         <v>1660</v>
       </c>
       <c r="G413" t="s">
         <v>19</v>
       </c>
       <c r="H413">
         <v>4</v>
       </c>
       <c r="I413" t="s">
         <v>519</v>
       </c>
       <c r="J413" t="s">
         <v>519</v>
       </c>
       <c r="K413"/>
       <c r="L413"/>
       <c r="M413"/>
@@ -26790,51 +26792,53 @@
       <c r="G470" t="s">
         <v>115</v>
       </c>
       <c r="H470">
         <v>4</v>
       </c>
       <c r="I470" t="s">
         <v>1821</v>
       </c>
       <c r="J470" t="s">
         <v>1821</v>
       </c>
       <c r="K470" t="s">
         <v>1822</v>
       </c>
       <c r="L470"/>
       <c r="M470"/>
       <c r="N470" t="s">
         <v>1821</v>
       </c>
     </row>
     <row r="471" spans="1:14">
       <c r="A471">
         <v>470</v>
       </c>
-      <c r="B471"/>
+      <c r="B471" t="s">
+        <v>14</v>
+      </c>
       <c r="C471" t="s">
         <v>1823</v>
       </c>
       <c r="D471" t="s">
         <v>1659</v>
       </c>
       <c r="E471"/>
       <c r="F471" t="s">
         <v>1660</v>
       </c>
       <c r="G471" t="s">
         <v>19</v>
       </c>
       <c r="H471">
         <v>4</v>
       </c>
       <c r="I471" t="s">
         <v>1821</v>
       </c>
       <c r="J471" t="s">
         <v>1821</v>
       </c>
       <c r="K471"/>
       <c r="L471"/>
       <c r="M471"/>