--- v0 (2025-10-20)
+++ v1 (2026-01-10)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Export data" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="538">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="539">
   <si>
     <t>Vieta</t>
   </si>
   <si>
     <t>Valsts</t>
   </si>
   <si>
     <t>Vārds</t>
   </si>
   <si>
     <t>Uzvārds</t>
   </si>
   <si>
     <t>Komanda</t>
   </si>
   <si>
     <t>Pilsēta</t>
   </si>
   <si>
     <t>Grupa</t>
   </si>
   <si>
     <t>Apļi</t>
   </si>
   <si>
@@ -1602,50 +1602,53 @@
     <t>Timoņina</t>
   </si>
   <si>
     <t>01:14:56</t>
   </si>
   <si>
     <t>Ezernieks</t>
   </si>
   <si>
     <t>01:17:59</t>
   </si>
   <si>
     <t>Bačinska</t>
   </si>
   <si>
     <t>01:18:03</t>
   </si>
   <si>
     <t>Jeļena</t>
   </si>
   <si>
     <t>Auziņa</t>
   </si>
   <si>
     <t>01:21:00</t>
+  </si>
+  <si>
+    <t>EST</t>
   </si>
   <si>
     <t>Rakšte</t>
   </si>
   <si>
     <t>01:22:33</t>
   </si>
   <si>
     <t>Sintija</t>
   </si>
   <si>
     <t>Ernstreite</t>
   </si>
   <si>
     <t>01:25:36</t>
   </si>
   <si>
     <t>Viktors</t>
   </si>
   <si>
     <t>Safutins</t>
   </si>
   <si>
     <t>01:29:13</t>
   </si>
@@ -7228,144 +7231,144 @@
       </c>
       <c r="F156" t="s">
         <v>45</v>
       </c>
       <c r="G156" t="s">
         <v>113</v>
       </c>
       <c r="H156">
         <v>1</v>
       </c>
       <c r="I156" t="s">
         <v>529</v>
       </c>
       <c r="J156" t="s">
         <v>529</v>
       </c>
       <c r="K156" t="s">
         <v>529</v>
       </c>
     </row>
     <row r="157" spans="1:11">
       <c r="A157">
         <v>156</v>
       </c>
       <c r="B157" t="s">
-        <v>11</v>
+        <v>530</v>
       </c>
       <c r="C157" t="s">
         <v>474</v>
       </c>
       <c r="D157" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="E157" t="s">
         <v>82</v>
       </c>
       <c r="F157" t="s">
         <v>37</v>
       </c>
       <c r="G157" t="s">
         <v>75</v>
       </c>
       <c r="H157">
         <v>1</v>
       </c>
       <c r="I157" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="J157" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="K157" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
     </row>
     <row r="158" spans="1:11">
       <c r="A158">
         <v>157</v>
       </c>
       <c r="B158"/>
       <c r="C158" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="D158" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="E158"/>
       <c r="F158" t="s">
         <v>45</v>
       </c>
       <c r="G158" t="s">
         <v>75</v>
       </c>
       <c r="H158">
         <v>1</v>
       </c>
       <c r="I158" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="J158" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="K158" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
     </row>
     <row r="159" spans="1:11">
       <c r="A159">
         <v>158</v>
       </c>
       <c r="B159" t="s">
         <v>11</v>
       </c>
       <c r="C159" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="D159" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="E159" t="s">
         <v>98</v>
       </c>
       <c r="F159" t="s">
         <v>37</v>
       </c>
       <c r="G159" t="s">
         <v>274</v>
       </c>
       <c r="H159">
         <v>1</v>
       </c>
       <c r="I159" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="J159" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="K159" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">