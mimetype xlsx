--- v0 (2025-10-12)
+++ v1 (2026-01-22)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Export data" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="645">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="646">
   <si>
     <t>Vieta</t>
   </si>
   <si>
     <t>Valsts</t>
   </si>
   <si>
     <t>Vārds</t>
   </si>
   <si>
     <t>Uzvārds</t>
   </si>
   <si>
     <t>Komanda</t>
   </si>
   <si>
     <t>Pilsēta</t>
   </si>
   <si>
     <t>Grupa</t>
   </si>
   <si>
     <t>Apļi</t>
   </si>
   <si>
@@ -1908,50 +1908,53 @@
     <t>00:42:34</t>
   </si>
   <si>
     <t>Sibilla</t>
   </si>
   <si>
     <t>Zubricka</t>
   </si>
   <si>
     <t>Gerda</t>
   </si>
   <si>
     <t>Bebriša</t>
   </si>
   <si>
     <t>00:43:04</t>
   </si>
   <si>
     <t>Ruta</t>
   </si>
   <si>
     <t>Galina</t>
   </si>
   <si>
     <t>00:43:44</t>
+  </si>
+  <si>
+    <t>EST</t>
   </si>
   <si>
     <t>Rakšte</t>
   </si>
   <si>
     <t>00:44:03</t>
   </si>
   <si>
     <t>Ingrīna</t>
   </si>
   <si>
     <t>Bites</t>
   </si>
   <si>
     <t>00:47:05</t>
   </si>
   <si>
     <t>Natālija</t>
   </si>
   <si>
     <t>Avina</t>
   </si>
   <si>
     <t>Veselības Sporta Klubs VIP</t>
   </si>
@@ -9305,216 +9308,216 @@
       <c r="E208"/>
       <c r="F208" t="s">
         <v>137</v>
       </c>
       <c r="G208" t="s">
         <v>103</v>
       </c>
       <c r="H208">
         <v>1</v>
       </c>
       <c r="I208" t="s">
         <v>631</v>
       </c>
       <c r="J208" t="s">
         <v>631</v>
       </c>
       <c r="K208" t="s">
         <v>631</v>
       </c>
     </row>
     <row r="209" spans="1:11">
       <c r="A209">
         <v>208</v>
       </c>
       <c r="B209" t="s">
-        <v>11</v>
+        <v>632</v>
       </c>
       <c r="C209" t="s">
         <v>299</v>
       </c>
       <c r="D209" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="E209" t="s">
         <v>200</v>
       </c>
       <c r="F209" t="s">
         <v>24</v>
       </c>
       <c r="G209" t="s">
         <v>103</v>
       </c>
       <c r="H209">
         <v>1</v>
       </c>
       <c r="I209" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="J209" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="K209" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
     </row>
     <row r="210" spans="1:11">
       <c r="A210">
         <v>209</v>
       </c>
       <c r="B210" t="s">
         <v>11</v>
       </c>
       <c r="C210" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="D210" t="s">
         <v>559</v>
       </c>
       <c r="E210" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="F210" t="s">
         <v>137</v>
       </c>
       <c r="G210" t="s">
         <v>103</v>
       </c>
       <c r="H210">
         <v>1</v>
       </c>
       <c r="I210" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="J210" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="K210" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
     </row>
     <row r="211" spans="1:11">
       <c r="A211">
         <v>210</v>
       </c>
       <c r="B211" t="s">
         <v>11</v>
       </c>
       <c r="C211" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="D211" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="E211" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="F211" t="s">
         <v>46</v>
       </c>
       <c r="G211" t="s">
         <v>103</v>
       </c>
       <c r="H211">
         <v>1</v>
       </c>
       <c r="I211" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="J211" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="K211" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
     </row>
     <row r="212" spans="1:11">
       <c r="A212">
         <v>211</v>
       </c>
       <c r="B212" t="s">
         <v>11</v>
       </c>
       <c r="C212" t="s">
         <v>357</v>
       </c>
       <c r="D212" t="s">
         <v>273</v>
       </c>
       <c r="E212"/>
       <c r="F212" t="s">
         <v>193</v>
       </c>
       <c r="G212" t="s">
         <v>51</v>
       </c>
       <c r="H212">
         <v>1</v>
       </c>
       <c r="I212" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="J212" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="K212" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
     </row>
     <row r="213" spans="1:11">
       <c r="A213">
         <v>212</v>
       </c>
       <c r="B213" t="s">
         <v>11</v>
       </c>
       <c r="C213" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="D213" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="E213" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="F213" t="s">
         <v>46</v>
       </c>
       <c r="G213" t="s">
         <v>16</v>
       </c>
       <c r="H213">
         <v>1</v>
       </c>
       <c r="I213" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="J213" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="K213" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">