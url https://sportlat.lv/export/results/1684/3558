--- v0 (2025-10-16)
+++ v1 (2026-02-13)
@@ -3583,51 +3583,53 @@
       </c>
       <c r="E53"/>
       <c r="F53" t="s">
         <v>34</v>
       </c>
       <c r="G53" t="s">
         <v>50</v>
       </c>
       <c r="H53">
         <v>1</v>
       </c>
       <c r="I53" t="s">
         <v>189</v>
       </c>
       <c r="J53" t="s">
         <v>189</v>
       </c>
       <c r="K53" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="54" spans="1:11">
       <c r="A54">
         <v>53</v>
       </c>
-      <c r="B54"/>
+      <c r="B54" t="s">
+        <v>11</v>
+      </c>
       <c r="C54" t="s">
         <v>85</v>
       </c>
       <c r="D54" t="s">
         <v>190</v>
       </c>
       <c r="E54" t="s">
         <v>191</v>
       </c>
       <c r="F54" t="s">
         <v>15</v>
       </c>
       <c r="G54" t="s">
         <v>16</v>
       </c>
       <c r="H54">
         <v>1</v>
       </c>
       <c r="I54" t="s">
         <v>192</v>
       </c>
       <c r="J54" t="s">
         <v>192</v>
       </c>
       <c r="K54" t="s">