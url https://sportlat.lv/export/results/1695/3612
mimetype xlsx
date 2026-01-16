--- v0 (2025-10-05)
+++ v1 (2026-01-16)
@@ -5018,51 +5018,53 @@
         <v>4</v>
       </c>
       <c r="I39" t="s">
         <v>317</v>
       </c>
       <c r="J39" t="s">
         <v>318</v>
       </c>
       <c r="K39" t="s">
         <v>259</v>
       </c>
       <c r="L39" t="s">
         <v>319</v>
       </c>
       <c r="M39" t="s">
         <v>320</v>
       </c>
       <c r="N39" t="s">
         <v>321</v>
       </c>
     </row>
     <row r="40" spans="1:14">
       <c r="A40">
         <v>39</v>
       </c>
-      <c r="B40"/>
+      <c r="B40" t="s">
+        <v>14</v>
+      </c>
       <c r="C40" t="s">
         <v>322</v>
       </c>
       <c r="D40" t="s">
         <v>323</v>
       </c>
       <c r="E40"/>
       <c r="F40" t="s">
         <v>107</v>
       </c>
       <c r="G40" t="s">
         <v>212</v>
       </c>
       <c r="H40">
         <v>4</v>
       </c>
       <c r="I40" t="s">
         <v>324</v>
       </c>
       <c r="J40" t="s">
         <v>325</v>
       </c>
       <c r="K40" t="s">
         <v>326</v>
       </c>