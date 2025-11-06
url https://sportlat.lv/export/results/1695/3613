--- v0 (2025-10-15)
+++ v1 (2025-11-06)
@@ -13177,51 +13177,53 @@
         <v>1327</v>
       </c>
       <c r="G232" t="s">
         <v>607</v>
       </c>
       <c r="H232">
         <v>2</v>
       </c>
       <c r="I232" t="s">
         <v>1328</v>
       </c>
       <c r="J232" t="s">
         <v>1329</v>
       </c>
       <c r="K232" t="s">
         <v>1330</v>
       </c>
       <c r="L232" t="s">
         <v>1331</v>
       </c>
     </row>
     <row r="233" spans="1:12">
       <c r="A233">
         <v>232</v>
       </c>
-      <c r="B233"/>
+      <c r="B233" t="s">
+        <v>12</v>
+      </c>
       <c r="C233" t="s">
         <v>1230</v>
       </c>
       <c r="D233" t="s">
         <v>1332</v>
       </c>
       <c r="E233"/>
       <c r="F233" t="s">
         <v>39</v>
       </c>
       <c r="G233" t="s">
         <v>145</v>
       </c>
       <c r="H233">
         <v>2</v>
       </c>
       <c r="I233" t="s">
         <v>1333</v>
       </c>
       <c r="J233" t="s">
         <v>1334</v>
       </c>
       <c r="K233" t="s">
         <v>1329</v>
       </c>