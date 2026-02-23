--- v0 (2025-10-14)
+++ v1 (2026-02-23)
@@ -4211,51 +4211,53 @@
       </c>
       <c r="E31"/>
       <c r="F31" t="s">
         <v>21</v>
       </c>
       <c r="G31" t="s">
         <v>145</v>
       </c>
       <c r="H31">
         <v>1</v>
       </c>
       <c r="I31" t="s">
         <v>146</v>
       </c>
       <c r="J31" t="s">
         <v>146</v>
       </c>
       <c r="K31" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="32" spans="1:11">
       <c r="A32">
         <v>31</v>
       </c>
-      <c r="B32"/>
+      <c r="B32" t="s">
+        <v>11</v>
+      </c>
       <c r="C32" t="s">
         <v>148</v>
       </c>
       <c r="D32" t="s">
         <v>149</v>
       </c>
       <c r="E32"/>
       <c r="F32" t="s">
         <v>150</v>
       </c>
       <c r="G32" t="s">
         <v>66</v>
       </c>
       <c r="H32">
         <v>1</v>
       </c>
       <c r="I32" t="s">
         <v>146</v>
       </c>
       <c r="J32" t="s">
         <v>146</v>
       </c>
       <c r="K32" t="s">
         <v>151</v>
       </c>
@@ -5495,51 +5497,53 @@
       </c>
       <c r="E71"/>
       <c r="F71" t="s">
         <v>21</v>
       </c>
       <c r="G71" t="s">
         <v>84</v>
       </c>
       <c r="H71">
         <v>1</v>
       </c>
       <c r="I71" t="s">
         <v>293</v>
       </c>
       <c r="J71" t="s">
         <v>293</v>
       </c>
       <c r="K71" t="s">
         <v>294</v>
       </c>
     </row>
     <row r="72" spans="1:11">
       <c r="A72">
         <v>71</v>
       </c>
-      <c r="B72"/>
+      <c r="B72" t="s">
+        <v>11</v>
+      </c>
       <c r="C72" t="s">
         <v>295</v>
       </c>
       <c r="D72" t="s">
         <v>149</v>
       </c>
       <c r="E72"/>
       <c r="F72" t="s">
         <v>150</v>
       </c>
       <c r="G72" t="s">
         <v>66</v>
       </c>
       <c r="H72">
         <v>1</v>
       </c>
       <c r="I72" t="s">
         <v>293</v>
       </c>
       <c r="J72" t="s">
         <v>293</v>
       </c>
       <c r="K72" t="s">
         <v>296</v>
       </c>