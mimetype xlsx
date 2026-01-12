--- v0 (2025-10-07)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Export data" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="566">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="567">
   <si>
     <t>Vieta</t>
   </si>
   <si>
     <t>Valsts</t>
   </si>
   <si>
     <t>Vārds</t>
   </si>
   <si>
     <t>Uzvārds</t>
   </si>
   <si>
     <t>Komanda</t>
   </si>
   <si>
     <t>Pilsēta</t>
   </si>
   <si>
     <t>Grupa</t>
   </si>
   <si>
     <t>Apļi</t>
   </si>
   <si>
@@ -1572,50 +1572,53 @@
     <t>0:18:03</t>
   </si>
   <si>
     <t>00:47:35.84</t>
   </si>
   <si>
     <t>Marija-Anna</t>
   </si>
   <si>
     <t>Novicāne</t>
   </si>
   <si>
     <t>Jūrmala</t>
   </si>
   <si>
     <t>0:48:11</t>
   </si>
   <si>
     <t>0:06:27</t>
   </si>
   <si>
     <t>0:18:24</t>
   </si>
   <si>
     <t>00:48:10.34</t>
+  </si>
+  <si>
+    <t>EST</t>
   </si>
   <si>
     <t>Līga</t>
   </si>
   <si>
     <t>Rakšte</t>
   </si>
   <si>
     <t>0:57:04</t>
   </si>
   <si>
     <t>0:07:03</t>
   </si>
   <si>
     <t>0:21:41</t>
   </si>
   <si>
     <t>00:57:03.15</t>
   </si>
   <si>
     <t>Ruta</t>
   </si>
   <si>
     <t>Dīce</t>
   </si>
@@ -5386,330 +5389,330 @@
       </c>
       <c r="H84">
         <v>3</v>
       </c>
       <c r="I84" t="s">
         <v>516</v>
       </c>
       <c r="J84" t="s">
         <v>517</v>
       </c>
       <c r="K84" t="s">
         <v>518</v>
       </c>
       <c r="L84" t="s">
         <v>516</v>
       </c>
       <c r="M84" t="s">
         <v>519</v>
       </c>
     </row>
     <row r="85" spans="1:13">
       <c r="A85">
         <v>84</v>
       </c>
       <c r="B85" t="s">
-        <v>13</v>
+        <v>520</v>
       </c>
       <c r="C85" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="D85" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="E85" t="s">
         <v>287</v>
       </c>
       <c r="F85" t="s">
         <v>17</v>
       </c>
       <c r="G85" t="s">
         <v>39</v>
       </c>
       <c r="H85">
         <v>3</v>
       </c>
       <c r="I85" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="J85" t="s">
+        <v>524</v>
+      </c>
+      <c r="K85" t="s">
+        <v>525</v>
+      </c>
+      <c r="L85" t="s">
         <v>523</v>
       </c>
-      <c r="K85" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="M85" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
     </row>
     <row r="86" spans="1:13">
       <c r="A86">
         <v>85</v>
       </c>
       <c r="B86" t="s">
         <v>13</v>
       </c>
       <c r="C86" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="D86" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="E86" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="F86" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="G86" t="s">
         <v>39</v>
       </c>
       <c r="H86">
         <v>3</v>
       </c>
       <c r="I86" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="J86" t="s">
+        <v>532</v>
+      </c>
+      <c r="K86" t="s">
+        <v>533</v>
+      </c>
+      <c r="L86" t="s">
         <v>531</v>
       </c>
-      <c r="K86" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="M86" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
     </row>
     <row r="87" spans="1:13">
       <c r="A87">
         <v>86</v>
       </c>
       <c r="B87" t="s">
         <v>13</v>
       </c>
       <c r="C87" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="D87" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="E87" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="F87" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="G87" t="s">
         <v>18</v>
       </c>
       <c r="H87">
         <v>3</v>
       </c>
       <c r="I87" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="J87" t="s">
+        <v>538</v>
+      </c>
+      <c r="K87" t="s">
+        <v>539</v>
+      </c>
+      <c r="L87" t="s">
         <v>537</v>
       </c>
-      <c r="K87" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="M87" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
     </row>
     <row r="88" spans="1:13">
       <c r="A88">
         <v>87</v>
       </c>
       <c r="B88" t="s">
         <v>13</v>
       </c>
       <c r="C88" t="s">
         <v>51</v>
       </c>
       <c r="D88" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="E88" t="s">
         <v>486</v>
       </c>
       <c r="F88" t="s">
         <v>25</v>
       </c>
       <c r="G88" t="s">
         <v>39</v>
       </c>
       <c r="H88">
         <v>3</v>
       </c>
       <c r="I88" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="J88" t="s">
+        <v>543</v>
+      </c>
+      <c r="K88" t="s">
+        <v>544</v>
+      </c>
+      <c r="L88" t="s">
         <v>542</v>
       </c>
-      <c r="K88" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="M88" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
     </row>
     <row r="89" spans="1:13">
       <c r="A89">
         <v>88</v>
       </c>
       <c r="B89" t="s">
         <v>13</v>
       </c>
       <c r="C89" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="D89" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="E89" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="F89" t="s">
         <v>303</v>
       </c>
       <c r="G89" t="s">
         <v>18</v>
       </c>
       <c r="H89">
         <v>3</v>
       </c>
       <c r="I89" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="J89" t="s">
+        <v>550</v>
+      </c>
+      <c r="K89" t="s">
+        <v>551</v>
+      </c>
+      <c r="L89" t="s">
         <v>549</v>
       </c>
-      <c r="K89" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="M89" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
     </row>
     <row r="90" spans="1:13">
       <c r="A90">
         <v>89</v>
       </c>
       <c r="B90" t="s">
         <v>13</v>
       </c>
       <c r="C90" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="D90" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="E90" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="F90" t="s">
         <v>66</v>
       </c>
       <c r="G90" t="s">
         <v>39</v>
       </c>
       <c r="H90">
         <v>3</v>
       </c>
       <c r="I90" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="J90" t="s">
+        <v>557</v>
+      </c>
+      <c r="K90" t="s">
+        <v>558</v>
+      </c>
+      <c r="L90" t="s">
         <v>556</v>
       </c>
-      <c r="K90" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="M90" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
     </row>
     <row r="91" spans="1:13">
       <c r="A91">
         <v>90</v>
       </c>
       <c r="B91" t="s">
         <v>13</v>
       </c>
       <c r="C91" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="D91" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="E91" t="s">
         <v>24</v>
       </c>
       <c r="F91" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="G91" t="s">
         <v>18</v>
       </c>
       <c r="H91">
         <v>3</v>
       </c>
       <c r="I91" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="J91" t="s">
+        <v>564</v>
+      </c>
+      <c r="K91" t="s">
+        <v>565</v>
+      </c>
+      <c r="L91" t="s">
         <v>563</v>
       </c>
-      <c r="K91" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="M91" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">