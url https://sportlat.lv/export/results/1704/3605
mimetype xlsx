--- v0 (2025-10-05)
+++ v1 (2026-02-17)
@@ -2626,51 +2626,53 @@
       </c>
       <c r="E42"/>
       <c r="F42" t="s">
         <v>79</v>
       </c>
       <c r="G42" t="s">
         <v>42</v>
       </c>
       <c r="H42">
         <v>1</v>
       </c>
       <c r="I42" t="s">
         <v>225</v>
       </c>
       <c r="J42" t="s">
         <v>225</v>
       </c>
       <c r="K42" t="s">
         <v>226</v>
       </c>
     </row>
     <row r="43" spans="1:11">
       <c r="A43">
         <v>42</v>
       </c>
-      <c r="B43"/>
+      <c r="B43" t="s">
+        <v>11</v>
+      </c>
       <c r="C43" t="s">
         <v>56</v>
       </c>
       <c r="D43" t="s">
         <v>227</v>
       </c>
       <c r="E43"/>
       <c r="F43" t="s">
         <v>79</v>
       </c>
       <c r="G43" t="s">
         <v>29</v>
       </c>
       <c r="H43">
         <v>1</v>
       </c>
       <c r="I43" t="s">
         <v>228</v>
       </c>
       <c r="J43" t="s">
         <v>228</v>
       </c>
       <c r="K43" t="s">
         <v>229</v>
       </c>
@@ -2824,51 +2826,53 @@
       </c>
       <c r="E48"/>
       <c r="F48" t="s">
         <v>249</v>
       </c>
       <c r="G48" t="s">
         <v>16</v>
       </c>
       <c r="H48">
         <v>1</v>
       </c>
       <c r="I48" t="s">
         <v>250</v>
       </c>
       <c r="J48" t="s">
         <v>250</v>
       </c>
       <c r="K48" t="s">
         <v>251</v>
       </c>
     </row>
     <row r="49" spans="1:11">
       <c r="A49">
         <v>48</v>
       </c>
-      <c r="B49"/>
+      <c r="B49" t="s">
+        <v>11</v>
+      </c>
       <c r="C49" t="s">
         <v>252</v>
       </c>
       <c r="D49" t="s">
         <v>253</v>
       </c>
       <c r="E49"/>
       <c r="F49" t="s">
         <v>254</v>
       </c>
       <c r="G49" t="s">
         <v>16</v>
       </c>
       <c r="H49">
         <v>1</v>
       </c>
       <c r="I49" t="s">
         <v>255</v>
       </c>
       <c r="J49" t="s">
         <v>255</v>
       </c>
       <c r="K49" t="s">
         <v>256</v>
       </c>