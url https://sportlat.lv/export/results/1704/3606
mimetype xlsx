--- v0 (2025-10-16)
+++ v1 (2026-02-12)
@@ -1652,51 +1652,51 @@
   <si>
     <t>Daina</t>
   </si>
   <si>
     <t>1:54:13</t>
   </si>
   <si>
     <t>01:54:12.87</t>
   </si>
   <si>
     <t>Diāna</t>
   </si>
   <si>
     <t>Stepāne</t>
   </si>
   <si>
     <t>STROPS Technologies</t>
   </si>
   <si>
     <t>1:54:34</t>
   </si>
   <si>
     <t>01:54:33.69</t>
   </si>
   <si>
-    <t>Intis</t>
+    <t>Ints</t>
   </si>
   <si>
     <t>Baldiņš</t>
   </si>
   <si>
     <t>2:00:10</t>
   </si>
   <si>
     <t>02:00:09.93</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <name val="Calibri"/>
       <sz val="11"/>
       <b val="0"/>
       <i val="0"/>
       <u val="none"/>
       <strike val="0"/>
       <color rgb="FF000000"/>
@@ -3637,51 +3637,53 @@
         <v>104</v>
       </c>
       <c r="F48" t="s">
         <v>105</v>
       </c>
       <c r="G48" t="s">
         <v>43</v>
       </c>
       <c r="H48">
         <v>1</v>
       </c>
       <c r="I48" t="s">
         <v>244</v>
       </c>
       <c r="J48" t="s">
         <v>244</v>
       </c>
       <c r="K48" t="s">
         <v>245</v>
       </c>
     </row>
     <row r="49" spans="1:11">
       <c r="A49">
         <v>48</v>
       </c>
-      <c r="B49"/>
+      <c r="B49" t="s">
+        <v>11</v>
+      </c>
       <c r="C49" t="s">
         <v>119</v>
       </c>
       <c r="D49" t="s">
         <v>246</v>
       </c>
       <c r="E49"/>
       <c r="F49" t="s">
         <v>105</v>
       </c>
       <c r="G49" t="s">
         <v>43</v>
       </c>
       <c r="H49">
         <v>1</v>
       </c>
       <c r="I49" t="s">
         <v>247</v>
       </c>
       <c r="J49" t="s">
         <v>247</v>
       </c>
       <c r="K49" t="s">
         <v>248</v>
       </c>
@@ -5988,51 +5990,53 @@
         <v>543</v>
       </c>
       <c r="F119" t="s">
         <v>15</v>
       </c>
       <c r="G119" t="s">
         <v>315</v>
       </c>
       <c r="H119">
         <v>1</v>
       </c>
       <c r="I119" t="s">
         <v>544</v>
       </c>
       <c r="J119" t="s">
         <v>544</v>
       </c>
       <c r="K119" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="120" spans="1:11">
       <c r="A120">
         <v>119</v>
       </c>
-      <c r="B120"/>
+      <c r="B120" t="s">
+        <v>11</v>
+      </c>
       <c r="C120" t="s">
         <v>546</v>
       </c>
       <c r="D120" t="s">
         <v>547</v>
       </c>
       <c r="E120"/>
       <c r="F120" t="s">
         <v>15</v>
       </c>
       <c r="G120" t="s">
         <v>71</v>
       </c>
       <c r="H120">
         <v>1</v>
       </c>
       <c r="I120" t="s">
         <v>548</v>
       </c>
       <c r="J120" t="s">
         <v>548</v>
       </c>
       <c r="K120" t="s">
         <v>549</v>
       </c>