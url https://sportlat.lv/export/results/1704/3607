--- v0 (2025-10-06)
+++ v1 (2026-02-17)
@@ -3225,51 +3225,53 @@
         <v>115</v>
       </c>
       <c r="F45" t="s">
         <v>116</v>
       </c>
       <c r="G45" t="s">
         <v>28</v>
       </c>
       <c r="H45">
         <v>1</v>
       </c>
       <c r="I45" t="s">
         <v>221</v>
       </c>
       <c r="J45" t="s">
         <v>221</v>
       </c>
       <c r="K45" t="s">
         <v>222</v>
       </c>
     </row>
     <row r="46" spans="1:11">
       <c r="A46">
         <v>45</v>
       </c>
-      <c r="B46"/>
+      <c r="B46" t="s">
+        <v>23</v>
+      </c>
       <c r="C46" t="s">
         <v>223</v>
       </c>
       <c r="D46" t="s">
         <v>224</v>
       </c>
       <c r="E46" t="s">
         <v>115</v>
       </c>
       <c r="F46" t="s">
         <v>116</v>
       </c>
       <c r="G46" t="s">
         <v>127</v>
       </c>
       <c r="H46">
         <v>1</v>
       </c>
       <c r="I46" t="s">
         <v>225</v>
       </c>
       <c r="J46" t="s">
         <v>225</v>
       </c>
       <c r="K46" t="s">
@@ -4136,51 +4138,53 @@
         <v>172</v>
       </c>
       <c r="F72" t="s">
         <v>53</v>
       </c>
       <c r="G72" t="s">
         <v>28</v>
       </c>
       <c r="H72">
         <v>1</v>
       </c>
       <c r="I72" t="s">
         <v>329</v>
       </c>
       <c r="J72" t="s">
         <v>329</v>
       </c>
       <c r="K72" t="s">
         <v>330</v>
       </c>
     </row>
     <row r="73" spans="1:11">
       <c r="A73">
         <v>72</v>
       </c>
-      <c r="B73"/>
+      <c r="B73" t="s">
+        <v>23</v>
+      </c>
       <c r="C73" t="s">
         <v>290</v>
       </c>
       <c r="D73" t="s">
         <v>331</v>
       </c>
       <c r="E73"/>
       <c r="F73" t="s">
         <v>37</v>
       </c>
       <c r="G73" t="s">
         <v>127</v>
       </c>
       <c r="H73">
         <v>1</v>
       </c>
       <c r="I73" t="s">
         <v>332</v>
       </c>
       <c r="J73" t="s">
         <v>332</v>
       </c>
       <c r="K73" t="s">
         <v>333</v>
       </c>