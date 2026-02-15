--- v0 (2025-10-04)
+++ v1 (2026-02-15)
@@ -1543,51 +1543,53 @@
         <v>101</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
         <v>14</v>
       </c>
       <c r="H19">
         <v>1</v>
       </c>
       <c r="I19" t="s">
         <v>102</v>
       </c>
       <c r="J19" t="s">
         <v>102</v>
       </c>
       <c r="K19" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="20" spans="1:11">
       <c r="A20">
         <v>19</v>
       </c>
-      <c r="B20"/>
+      <c r="B20" t="s">
+        <v>28</v>
+      </c>
       <c r="C20" t="s">
         <v>104</v>
       </c>
       <c r="D20" t="s">
         <v>105</v>
       </c>
       <c r="E20" t="s">
         <v>106</v>
       </c>
       <c r="F20" t="s">
         <v>53</v>
       </c>
       <c r="G20" t="s">
         <v>14</v>
       </c>
       <c r="H20">
         <v>1</v>
       </c>
       <c r="I20" t="s">
         <v>107</v>
       </c>
       <c r="J20" t="s">
         <v>107</v>
       </c>
       <c r="K20" t="s">