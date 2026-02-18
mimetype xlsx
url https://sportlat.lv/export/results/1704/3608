--- v1 (2026-02-15)
+++ v2 (2026-02-18)
@@ -1407,51 +1407,53 @@
         <v>32</v>
       </c>
       <c r="F15" t="s">
         <v>53</v>
       </c>
       <c r="G15" t="s">
         <v>14</v>
       </c>
       <c r="H15">
         <v>1</v>
       </c>
       <c r="I15" t="s">
         <v>82</v>
       </c>
       <c r="J15" t="s">
         <v>82</v>
       </c>
       <c r="K15" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="16" spans="1:11">
       <c r="A16">
         <v>15</v>
       </c>
-      <c r="B16"/>
+      <c r="B16" t="s">
+        <v>28</v>
+      </c>
       <c r="C16" t="s">
         <v>84</v>
       </c>
       <c r="D16" t="s">
         <v>85</v>
       </c>
       <c r="E16" t="s">
         <v>86</v>
       </c>
       <c r="F16" t="s">
         <v>87</v>
       </c>
       <c r="G16" t="s">
         <v>25</v>
       </c>
       <c r="H16">
         <v>1</v>
       </c>
       <c r="I16" t="s">
         <v>88</v>
       </c>
       <c r="J16" t="s">
         <v>88</v>
       </c>
       <c r="K16" t="s">