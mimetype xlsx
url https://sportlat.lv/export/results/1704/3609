--- v0 (2025-10-06)
+++ v1 (2026-02-24)
@@ -1804,51 +1804,53 @@
         <v>45</v>
       </c>
       <c r="F25" t="s">
         <v>33</v>
       </c>
       <c r="G25" t="s">
         <v>22</v>
       </c>
       <c r="H25">
         <v>1</v>
       </c>
       <c r="I25" t="s">
         <v>129</v>
       </c>
       <c r="J25" t="s">
         <v>129</v>
       </c>
       <c r="K25" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="26" spans="1:11">
       <c r="A26">
         <v>25</v>
       </c>
-      <c r="B26"/>
+      <c r="B26" t="s">
+        <v>11</v>
+      </c>
       <c r="C26" t="s">
         <v>131</v>
       </c>
       <c r="D26" t="s">
         <v>132</v>
       </c>
       <c r="E26" t="s">
         <v>133</v>
       </c>
       <c r="F26" t="s">
         <v>134</v>
       </c>
       <c r="G26" t="s">
         <v>22</v>
       </c>
       <c r="H26">
         <v>1</v>
       </c>
       <c r="I26" t="s">
         <v>129</v>
       </c>
       <c r="J26" t="s">
         <v>129</v>
       </c>
       <c r="K26" t="s">