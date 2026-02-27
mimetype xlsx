--- v0 (2025-10-07)
+++ v1 (2026-02-27)
@@ -2277,51 +2277,53 @@
         <v>13</v>
       </c>
       <c r="F35" t="s">
         <v>14</v>
       </c>
       <c r="G35" t="s">
         <v>57</v>
       </c>
       <c r="H35">
         <v>1</v>
       </c>
       <c r="I35" t="s">
         <v>171</v>
       </c>
       <c r="J35" t="s">
         <v>171</v>
       </c>
       <c r="K35" t="s">
         <v>172</v>
       </c>
     </row>
     <row r="36" spans="1:11">
       <c r="A36">
         <v>35</v>
       </c>
-      <c r="B36"/>
+      <c r="B36" t="s">
+        <v>24</v>
+      </c>
       <c r="C36" t="s">
         <v>173</v>
       </c>
       <c r="D36" t="s">
         <v>174</v>
       </c>
       <c r="E36"/>
       <c r="F36" t="s">
         <v>37</v>
       </c>
       <c r="G36" t="s">
         <v>15</v>
       </c>
       <c r="H36">
         <v>1</v>
       </c>
       <c r="I36" t="s">
         <v>175</v>
       </c>
       <c r="J36" t="s">
         <v>175</v>
       </c>
       <c r="K36" t="s">
         <v>176</v>
       </c>